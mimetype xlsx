--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -72,51 +72,51 @@
   <si>
     <t>end</t>
   </si>
   <si>
     <t>false</t>
   </si>
   <si>
     <t>q1_the_global_shelter_sag_retreat_5_6_june_2019</t>
   </si>
   <si>
     <t>Q1: The Global Shelter SAG Retreat (5-6 June 2019)</t>
   </si>
   <si>
     <t>note</t>
   </si>
   <si>
     <t>true</t>
   </si>
   <si>
     <t>did_you_fine_the_retreat_useful_for_your_work</t>
   </si>
   <si>
     <t>Did you fine the retreat useful for your work?</t>
   </si>
   <si>
-    <t>select_one DgdPzVm</t>
+    <t>select_one Jw4bcYX</t>
   </si>
   <si>
     <t>what_did_you_like</t>
   </si>
   <si>
     <t>What did you like?</t>
   </si>
   <si>
     <t>text</t>
   </si>
   <si>
     <t>multiline</t>
   </si>
   <si>
     <t>what_could_be_improved</t>
   </si>
   <si>
     <t>What could be improved?</t>
   </si>
   <si>
     <t>please_provide_any_additional_feedback_on_the_sag_retreat</t>
   </si>
   <si>
     <t>Please provide any additional feedback on the SAG Retreat</t>
   </si>
@@ -126,81 +126,81 @@
   <si>
     <t>Q2: Please rate your level of satisfaction with the Global Shelter Cluster in the following areas:</t>
   </si>
   <si>
     <t>what_do_you_appreciate_the_most_of_the_gsc_sag</t>
   </si>
   <si>
     <t>What do you appreciate the most of the GSC SAG?</t>
   </si>
   <si>
     <t>what_could_be_improved_in_the_gsc_sag</t>
   </si>
   <si>
     <t>What could be improved in the GSC SAG?</t>
   </si>
   <si>
     <t>please_provide_any_additional_feedback_on_the_gsc_sag</t>
   </si>
   <si>
     <t>Please provide any additional feedback on the GSC SAG</t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>DgdPzVm</t>
+    <t>Jw4bcYX</t>
   </si>
   <si>
     <t>veryuseful</t>
   </si>
   <si>
     <t>Very useful</t>
   </si>
   <si>
     <t>useful</t>
   </si>
   <si>
     <t>Useful</t>
   </si>
   <si>
     <t>notveryuseful</t>
   </si>
   <si>
     <t>Not very useful</t>
   </si>
   <si>
     <t>notusefulatall</t>
   </si>
   <si>
     <t>Not useful at all</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>khMSZ3uIcAUP2fw1GzKCqR</t>
+    <t>OphqaLibA46HKc7xtUTdDN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>