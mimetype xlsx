--- v0 (2025-10-27)
+++ v1 (2025-12-26)
@@ -105,219 +105,219 @@
   <si>
     <t>e_mail</t>
   </si>
   <si>
     <t>Please provide an e-mail address where we can reach you:/ Mohon sediakan alamat email yang bisa kami hubungi:</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>Which country do you currently work in? */ Negara tempat Anda bekerja saat ini?</t>
   </si>
   <si>
     <t>organization</t>
   </si>
   <si>
     <t>Which organization you are affiliated with? */ Lembaga tempat Anda bekerja saat ini?</t>
   </si>
   <si>
     <t>events</t>
   </si>
   <si>
     <t xml:space="preserve">Event(s) that you will be participating? / Kegiatan yang akan Anda hadiri? </t>
   </si>
   <si>
-    <t>select_multiple c5DfbyS</t>
+    <t>select_multiple AQCke6h</t>
   </si>
   <si>
     <t>interpreter_service</t>
   </si>
   <si>
     <t xml:space="preserve">Would you be needing an interpreter service? </t>
   </si>
   <si>
-    <t>select_one 0OocmM3</t>
+    <t>select_one qMnxWKA</t>
   </si>
   <si>
     <t>your_role</t>
   </si>
   <si>
     <t>What is your role in your organisation?/ Apa peran Anda dalam lembaga Anda?</t>
   </si>
   <si>
-    <t>select_one DlIKGWP</t>
+    <t>select_one l5fipV1</t>
   </si>
   <si>
     <t>coordination_levels</t>
   </si>
   <si>
     <t>Are you working at one of the following response/coordination levels? / Apakah Anda terlibat di salah satu koordinasi/ penanganan bencana dibawah ini?</t>
   </si>
   <si>
-    <t>select_one gOWTQ4L</t>
+    <t>select_one GE7U31N</t>
   </si>
   <si>
     <t>outcome_of</t>
   </si>
   <si>
     <t>What would be a great outcome of each or all of the meetings for you? / Apa hasil yang Anda harapkan dari setiap sesi atau keseluruhan kegiatan?</t>
   </si>
   <si>
     <t>multiline</t>
   </si>
   <si>
     <t>comments_q</t>
   </si>
   <si>
     <t xml:space="preserve">Do you have any comments, questions, or concerns to help us prepare for the meeting, including any dietary restrictions? / Apakah Anda memiliki saran, pertanyaan, atau kekhawatiran untuk membantu kami menyiapkan kegiatan ini, termasuk apakah Anda memiliki halangan terhadap makanan tertentu? </t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>c5DfbyS</t>
+    <t>AQCke6h</t>
   </si>
   <si>
     <t>safe_gal</t>
   </si>
   <si>
     <t>Shelter Network Gathering during Gala Dinner, 18 August / Ajang berjejaring praktisi shelter pada Jamuan Makan Malam, 18 Agustus</t>
   </si>
   <si>
     <t>safe_nat</t>
   </si>
   <si>
     <t>National Workshop on Shelter and Settlements, Lombok, Indonesia, 19-20 August / Lokakarya Nasional terkait Shelter dan Pemukiman, Lombok, Indonesia, 19-20 August</t>
   </si>
   <si>
     <t>safe_clu</t>
   </si>
   <si>
     <t>Asia-Pacific Regional Shelter Cluster Workshop, Lombok, Indonesia, 21 August / Lokakarya Klaster Shelter untuk wilayah Regional Asia Pasifik, Lombok, Indonesia, 21 Agustus</t>
   </si>
   <si>
     <t>safe_for</t>
   </si>
   <si>
     <t>Asia-Pacific Shelter Forum, Lombok, Indonesia, 22 August / Forum Shelter Asia-Pasifik, Lombok, Indonesia, 22 Agustus</t>
   </si>
   <si>
     <t>safe_fie</t>
   </si>
   <si>
     <t>Field visit to earthquake affected areas in Lombok, 23 August / Kunjungan Lapangan ke wilayah pascabencana gempa di Lombok, 23 August</t>
   </si>
   <si>
-    <t>0OocmM3</t>
+    <t>qMnxWKA</t>
   </si>
   <si>
     <t>safe_yes</t>
   </si>
   <si>
     <t>Yes / Ya</t>
   </si>
   <si>
     <t>safe_non</t>
   </si>
   <si>
     <t>No / Tidak</t>
   </si>
   <si>
     <t>safe_sel</t>
   </si>
   <si>
     <t>I will provide my own interpreter service / Saya memiliki jasa penerjemah tersendiri</t>
   </si>
   <si>
-    <t>DlIKGWP</t>
+    <t>l5fipV1</t>
   </si>
   <si>
     <t>safe_rep</t>
   </si>
   <si>
     <t>Representative / Perwakilan Lembaga</t>
   </si>
   <si>
     <t>safe_spe</t>
   </si>
   <si>
     <t>Shelter Specialist / Tenaga Ahli di bidang Shelter</t>
   </si>
   <si>
     <t>safe_tea</t>
   </si>
   <si>
     <t>Shelter Cluster Coordination Team member / Anggota tim pendukung sub klaster shelter</t>
   </si>
   <si>
     <t>safe_off</t>
   </si>
   <si>
     <t>Government Official / Pegawai pemerintah</t>
   </si>
   <si>
     <t>safe_key</t>
   </si>
   <si>
     <t>Donor Relations / Perwakilan lembaga donor</t>
   </si>
   <si>
     <t>safe_don</t>
   </si>
   <si>
     <t>Cluster Coordination Team member (not shelter) / Anggota tim pendukung koordinasi (non-shelter)</t>
   </si>
   <si>
-    <t>gOWTQ4L</t>
+    <t>GE7U31N</t>
   </si>
   <si>
     <t>safe_sub</t>
   </si>
   <si>
     <t>Sub-national / Sub-nasional (provinsi atau kab/ kota)</t>
   </si>
   <si>
     <t>National / Nasional</t>
   </si>
   <si>
     <t>safe_reg</t>
   </si>
   <si>
     <t>Regional / Regional</t>
   </si>
   <si>
     <t>safe_glo</t>
   </si>
   <si>
     <t>Global / Global</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>MCuZeqtFy3PNUsdkXDIW4E</t>
+    <t>oQPVW7SZGLNAJr5yXptjCk</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>