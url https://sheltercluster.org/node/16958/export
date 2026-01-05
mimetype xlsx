--- v0 (2025-11-04)
+++ v1 (2026-01-05)
@@ -93,123 +93,123 @@
   <si>
     <t>First Name/ Nama Depan</t>
   </si>
   <si>
     <t>text</t>
   </si>
   <si>
     <t>last_name__nama_belakang</t>
   </si>
   <si>
     <t>Last Name/ Nama Belakang</t>
   </si>
   <si>
     <t>which_organization_you_are_affiliated_with___lembaga_tempat_anda_bekerja_saat_ini</t>
   </si>
   <si>
     <t>Which organization you are affiliated with? */ Lembaga tempat Anda bekerja saat ini?</t>
   </si>
   <si>
     <t>which_fora_will_you_be_attending</t>
   </si>
   <si>
     <t>Which fora will you be attending? / Kegiatan apa yang Anda akan ikuti?</t>
   </si>
   <si>
-    <t>select_multiple wPudZSA</t>
+    <t>select_multiple MB690u1</t>
   </si>
   <si>
     <t>i_wish_to_have_a_stall_in_the_market_place_about___saya_ingin_memiliki_tempat_di_market_place_untuk</t>
   </si>
   <si>
     <t>I wish to have a stall in the Market Place about? / Saya ingin memiliki tempat di Market Place untuk?</t>
   </si>
   <si>
-    <t>select_one D9VZJuR</t>
+    <t>select_one sRo6ypq</t>
   </si>
   <si>
     <t>session</t>
   </si>
   <si>
     <t xml:space="preserve">I have a session I would like to run in the Shelter Forum ‘Open Space" about? / Saya ingin mengkoordinir sesi di sesi ‘Open Space’ di Shelter Forum mengenai? </t>
   </si>
   <si>
-    <t>select_one TCKl7sj</t>
+    <t>select_one ZygdYN9</t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>wPudZSA</t>
+    <t>MB690u1</t>
   </si>
   <si>
     <t>national_workshop</t>
   </si>
   <si>
     <t>National Workshop on Shelter and Settlements, Lombok, Indonesia, 19-20 August / Lokakarya Nasional terkait Shelter dan Pemukiman, Lombok, Indonesia, 19-20 August</t>
   </si>
   <si>
     <t>APWorkshop</t>
   </si>
   <si>
     <t>Asia-Pacific Regional Shelter Cluster Workshop, Lombok, Indonesia, 21 August / Lokakarya Klaster Shelter untuk wilayah Regional Asia Pasifik, Lombok, Indonesia, 21 Agustus</t>
   </si>
   <si>
     <t>APForum</t>
   </si>
   <si>
     <t>Asia-Pacific Shelter Forum, Lombok, Indonesia, 22 August / Forum Shelter Asia-Pasifik, Lombok, Indonesia, 22 Agustus</t>
   </si>
   <si>
     <t>FieldVisit</t>
   </si>
   <si>
     <t>Field visit to earthquake affected areas in Lombok, 23 August / Kunjungan Lapangan ke wilayah pascabencana gempa di Lombok, 23 August</t>
   </si>
   <si>
     <t>GalaDinner</t>
   </si>
   <si>
     <t>Shelter Network Gathering during Gala Dinner, 18 August / Ajang berjejaring praktisi shelter pada Jamuan Makan Malam, 18 Agustus</t>
   </si>
   <si>
-    <t>D9VZJuR</t>
+    <t>sRo6ypq</t>
   </si>
   <si>
     <t>yes</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>TCKl7sj</t>
+    <t>ZygdYN9</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>BGJcymE4xzYVZaWQbNwXdt</t>
+    <t>taRp1whynmWdHLQITcr8Du</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>