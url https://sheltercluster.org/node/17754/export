--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -69,465 +69,465 @@
   <si>
     <t>start</t>
   </si>
   <si>
     <t>end</t>
   </si>
   <si>
     <t>false</t>
   </si>
   <si>
     <t>introduction</t>
   </si>
   <si>
     <t>Introduction</t>
   </si>
   <si>
     <t>note</t>
   </si>
   <si>
     <t>what_type_of_organization_do_you_represent_in_the_cluster</t>
   </si>
   <si>
     <t>What type of organization do you represent in the cluster?</t>
   </si>
   <si>
-    <t>select_multiple J9iKlV1</t>
+    <t>select_multiple leF8KSX</t>
   </si>
   <si>
     <t>what_sectors_has_your_organization_worked_in_this_response</t>
   </si>
   <si>
     <t>What sectors has your organization worked in this response?</t>
   </si>
   <si>
-    <t>select_multiple lwOjepI</t>
+    <t>select_multiple oet1OZX</t>
   </si>
   <si>
     <t>break1</t>
   </si>
   <si>
     <t>1 - Support Service Delivery</t>
   </si>
   <si>
     <t>support_service_delivery</t>
   </si>
   <si>
     <t>Support Service Delivery</t>
   </si>
   <si>
     <t>are_you_satisfied_with_the_frequency_of_cluster_meetings</t>
   </si>
   <si>
     <t>Are you satisfied with the frequency of cluster meetings?</t>
   </si>
   <si>
-    <t>select_one rCpJPVM</t>
+    <t>select_one OqxzNj5</t>
   </si>
   <si>
     <t>how_often_has_your_organization_participated_in_cluster_meetings</t>
   </si>
   <si>
     <t>How often has your organization participated in cluster meetings?</t>
   </si>
   <si>
-    <t>select_one Fh5eUpg</t>
+    <t>select_one s1X4U8W</t>
   </si>
   <si>
     <t>were_meetings_run_in_a_way_that_your_organization_was_able_to_attend_and_easily_participate_in</t>
   </si>
   <si>
     <t>Were meetings run in a way that your organization was able to attend and easily participate in?</t>
   </si>
   <si>
-    <t>select_one GO0ogqc</t>
+    <t>select_one 3a0zlip</t>
   </si>
   <si>
     <t>do_you_feel_that_the_coordination_needs_of_local_actors_were_well_represented</t>
   </si>
   <si>
     <t>Do you feel that the coordination needs of local actors were well represented?</t>
   </si>
   <si>
-    <t>select_one z5ekSsu</t>
+    <t>select_one gi1kQNm</t>
   </si>
   <si>
     <t>did_you_feel_like_your_opinions_and_viewpoints_were_able_to_be_heard_and_considered</t>
   </si>
   <si>
     <t>Did you feel like your opinions and viewpoints were able to be heard and considered?</t>
   </si>
   <si>
-    <t>select_one boemTxF</t>
+    <t>select_one ftJEYPC</t>
   </si>
   <si>
     <t>any_additional_comments</t>
   </si>
   <si>
     <t>Any additional comments?</t>
   </si>
   <si>
     <t>text</t>
   </si>
   <si>
     <t>multiline</t>
   </si>
   <si>
     <t>break2</t>
   </si>
   <si>
     <t>2 - Informing Strategic Decision Making</t>
   </si>
   <si>
     <t>informing_strategic_decision_making</t>
   </si>
   <si>
     <t>Informing Strategic Decision Making</t>
   </si>
   <si>
     <t>has_your_organization_been_involved_in_any_coordinated_shelter_assessment_inititives_or_surveys_in_this_response</t>
   </si>
   <si>
     <t>Has your organization been involved in any coordinated shelter assessment inititives or surveys in this response?</t>
   </si>
   <si>
-    <t>select_one SEYhoOw</t>
+    <t>select_one yXDN7Or</t>
   </si>
   <si>
     <t>have_needs_gaps_and_response_priorities_been_discussed_and_shared_with_partners</t>
   </si>
   <si>
     <t>Have needs, gaps, and response priorities been discussed and shared with partners?</t>
   </si>
   <si>
-    <t>select_one 3BEWe6c</t>
+    <t>select_one 4zCdK0F</t>
   </si>
   <si>
     <t>have_these_analyses_considered_cross_cutting_issues_such_as_the_needs_of_elderly_people_gender_issues_and_environmental_concerns</t>
   </si>
   <si>
     <t>Have these analyses considered cross-cutting issues such as the needs of elderly people, gender issues, and environmental concerns?</t>
   </si>
   <si>
-    <t>select_one 5p4qhYJ</t>
+    <t>select_one 5tYKEbN</t>
   </si>
   <si>
     <t>has_an_analysis_of_where_partners_are_working_and_their_contribution_to_the_response_needs_been_done</t>
   </si>
   <si>
     <t>Has an analysis of where partners are working and their contribution to the response needs been done?</t>
   </si>
   <si>
-    <t>select_one zo9RU5s</t>
+    <t>select_one vFkVTDy</t>
   </si>
   <si>
     <t>have_any_of_the_analyses_provided_through_the_cluster_supported_the_development_of_your_agencys_response_plan</t>
   </si>
   <si>
     <t>Have any of the analyses provided through the cluster supported the development of your agency"s response plan?</t>
   </si>
   <si>
-    <t>select_one MkqBV6i</t>
+    <t>select_one 4pFYrXv</t>
   </si>
   <si>
     <t>has_your_organization_taken_decisions_based_upon_the_analysis_provided_by_the_cluster</t>
   </si>
   <si>
     <t>Has your organization taken decisions based upon the analysis provided by the cluster?</t>
   </si>
   <si>
-    <t>select_one tjoUpAr</t>
+    <t>select_one EASym3B</t>
   </si>
   <si>
     <t>comments_informingstrategic</t>
   </si>
   <si>
     <t>break3</t>
   </si>
   <si>
     <t>3 - Planning and Strategy Development</t>
   </si>
   <si>
     <t>planning_and_strategy_development</t>
   </si>
   <si>
     <t>Planning and Strategy Development</t>
   </si>
   <si>
     <t>has_the_cluster_shared_an_evolving_strategy</t>
   </si>
   <si>
     <t>Has the cluster shared an evolving strategy of what assistance is suggested in which locations or to what type of affected people?</t>
   </si>
   <si>
-    <t>select_one 2asvAqn</t>
+    <t>select_one yZUqexT</t>
   </si>
   <si>
     <t>have_you_felt_that_your_organization_has_been_able_to_meaningfully_contribute_to_the_development_of_a_shelter_strategy_for_this_</t>
   </si>
   <si>
     <t>Have you felt that your organization has been able to meaningfully contribute to the development of a shelter strategy for this response?</t>
   </si>
   <si>
-    <t>select_one yV7UsaL</t>
+    <t>select_one nEv8uxM</t>
   </si>
   <si>
     <t>have_technical_guidelines_or_standards_been_shared_with_cluster_partners</t>
   </si>
   <si>
     <t>Have technical guidelines or standards been shared with cluster partners?</t>
   </si>
   <si>
-    <t>select_one pmNUVYx</t>
+    <t>select_one r1JUXB2</t>
   </si>
   <si>
     <t>has_the_cluster_been_able_to_help_identify_how_much_funding_has_been_made_available_and_how_much_is_required_for_this_response</t>
   </si>
   <si>
     <t>Has the cluster been able to help identify how much funding has been made available and how much is required for this response?</t>
   </si>
   <si>
-    <t>select_one 4ZBxIE0</t>
+    <t>select_one h6IqQ2S</t>
   </si>
   <si>
     <t>do_you_feel_that_the_strategy_help_to_compliment_the_government_response</t>
   </si>
   <si>
     <t>Do you feel that the strategy helps to compliment the government response?</t>
   </si>
   <si>
-    <t>select_one UgwJeTM</t>
+    <t>select_one S3McHZO</t>
   </si>
   <si>
     <t>does_the_shelter_strategy_compliement_the_larger_humanitarian_effort_including_other_clusters</t>
   </si>
   <si>
     <t>Does the shelter strategy compliement the larger humanitarian effort including other clusters?</t>
   </si>
   <si>
-    <t>select_one xCYjmQ9</t>
+    <t>select_one 1Ail8Fk</t>
   </si>
   <si>
     <t>comments_planningstrategy</t>
   </si>
   <si>
     <t>break4</t>
   </si>
   <si>
     <t>4 - Monitoring and Evaluating Performance</t>
   </si>
   <si>
     <t>monitoring_and_evaluating_performance</t>
   </si>
   <si>
     <t>Monitoring and Evaluating Performance</t>
   </si>
   <si>
     <t>has_the_cluster_provided_regular_bulletins_or_updates</t>
   </si>
   <si>
     <t>Has the cluster provided regular bulletins or updates highlighting how the situation has changes with respect to needs, risks, and gaps?</t>
   </si>
   <si>
-    <t>select_one YKXcoPz</t>
+    <t>select_one UfWFvlG</t>
   </si>
   <si>
     <t>do_you_feel_like_your_organizations_efforts_are_reflected_in_updates</t>
   </si>
   <si>
     <t>Do you feel like your organizations efforts are reflected in updates?</t>
   </si>
   <si>
-    <t>select_one 6BV4tI9</t>
+    <t>select_one g0MfH42</t>
   </si>
   <si>
     <t>do_you_feel_like_reporting_formats_are_agreed_to_by_the_cluster_partners</t>
   </si>
   <si>
     <t>Do you feel like reporting formats are agreed to by the cluster partners?</t>
   </si>
   <si>
-    <t>select_one 2NFWYM0</t>
+    <t>select_one UcPrCfd</t>
   </si>
   <si>
     <t>do_you_feel_like_the_changing_needs_of_women_girls_men_and_boys_are_reflected_in_the_monitoring_of_the_cluster</t>
   </si>
   <si>
     <t>Do you feel like the changing needs of women, girls, men and boys are reflected in the monitoring of the cluster?</t>
   </si>
   <si>
-    <t>select_one WXgLzBw</t>
+    <t>select_one vDeTfjy</t>
   </si>
   <si>
     <t>comments_mande</t>
   </si>
   <si>
     <t>break5</t>
   </si>
   <si>
     <t>5 - Building National Capacity</t>
   </si>
   <si>
     <t>building_national_capacity_in_preparedness_and_contingency_planning</t>
   </si>
   <si>
     <t>Building National Capacity in Preparedness and Contingency Planning</t>
   </si>
   <si>
     <t>has_the_cluster_created_a_plan_that_can_be_used_to_support_future_disasters_in_shelter</t>
   </si>
   <si>
     <t>Has the cluster created a plan that can be used to support future disasters in shelter?</t>
   </si>
   <si>
-    <t>select_one CbRGK6u</t>
+    <t>select_one vJMn92b</t>
   </si>
   <si>
     <t>do_you_feel_like_your_organization_is_better_prepared_now_to_respond_in_the_future</t>
   </si>
   <si>
     <t>Do you feel like your organization is better prepared now to respond in the future?</t>
   </si>
   <si>
-    <t>select_one 3jFNmbE</t>
+    <t>select_one fBaM2QO</t>
   </si>
   <si>
     <t>do_you_feel_like_the_cluster_coordination_mechanisms_are_improved_for_another_future_response</t>
   </si>
   <si>
     <t>Do you feel like the cluster coordination mechanisms are improved for another future response?</t>
   </si>
   <si>
-    <t>select_one BAvQnid</t>
+    <t>select_one AdYSaJw</t>
   </si>
   <si>
     <t>comments_buildingnationalcapacity</t>
   </si>
   <si>
     <t>break6</t>
   </si>
   <si>
     <t>6 - Supporting Robust Advocacy</t>
   </si>
   <si>
     <t>supporting_robust_advocacy</t>
   </si>
   <si>
     <t>Supporting Robust Advocacy</t>
   </si>
   <si>
     <t>has_the_cluster_been_clear_on_what_the_key_messages_are_for_this_response</t>
   </si>
   <si>
     <t>Has the cluster been clear on what the key messages are for this response?</t>
   </si>
   <si>
-    <t>select_one Tu1xzaI</t>
+    <t>select_one XMSjPBU</t>
   </si>
   <si>
     <t>has_the_cluster_undertaken_any_message_campaign_initiatives_to_raise_awareness_of_shelter_concerns_in_this_response</t>
   </si>
   <si>
     <t>Has the cluster undertaken any message campaign initiatives to raise awareness of shelter concerns in this response?</t>
   </si>
   <si>
-    <t>select_one HmxQ85V</t>
+    <t>select_one VPrxciq</t>
   </si>
   <si>
     <t>do_you_feel_like_your_organization_has_had_an_appropriate_level_of_involvement_in_crafting_any_messages_on_behalf_of_the_sector</t>
   </si>
   <si>
     <t>Do you feel like your organization has had an appropriate level of involvement in crafting any messages on behalf of the sector?</t>
   </si>
   <si>
-    <t>select_one OJiPCDx</t>
+    <t>select_one 2XUZisD</t>
   </si>
   <si>
     <t>comments_supportingadvocacy</t>
   </si>
   <si>
     <t>break7</t>
   </si>
   <si>
     <t>7 - Promoting Accountability to Affected Populations</t>
   </si>
   <si>
     <t>promoting_accountability_to_affected_populations</t>
   </si>
   <si>
     <t>Promoting Accountability to Affected Populations</t>
   </si>
   <si>
     <t>has_the_cluster_identified_mechanisms_for_consulting_with_affected_people_for_the_response</t>
   </si>
   <si>
     <t>Has the cluster identified mechanisms for consulting with affected people for the response?</t>
   </si>
   <si>
-    <t>select_one oz7DAtu</t>
+    <t>select_one lYWu9NQ</t>
   </si>
   <si>
     <t>has_your_organization_applied_any_suggested_consultation_mechanisms_in_your_programming</t>
   </si>
   <si>
     <t>Has your organization applied any suggested consultation mechanisms in your programming?</t>
   </si>
   <si>
-    <t>select_one w5mJjgF</t>
+    <t>select_one GmKxhN0</t>
   </si>
   <si>
     <t>do_you_feel_like_affected_populations_have_had_an_appropriate_level_of_consultation</t>
   </si>
   <si>
     <t>Do you feel like affected populations have had an appropriate level of consultation?</t>
   </si>
   <si>
-    <t>select_one nXRrD0H</t>
+    <t>select_one wW8gEjb</t>
   </si>
   <si>
     <t>comments_aap</t>
   </si>
   <si>
     <t>break8</t>
   </si>
   <si>
     <t>Conclusion</t>
   </si>
   <si>
     <t>conclusion_end</t>
   </si>
   <si>
     <t>please_provide_any_closing_comments_that_you_may_have__again_we_are_grateful_for_your_contribution</t>
   </si>
   <si>
     <t>Please provide any closing comments that you may have.  Again we are grateful for your contribution.</t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>J9iKlV1</t>
+    <t>leF8KSX</t>
   </si>
   <si>
     <t>Donor</t>
   </si>
   <si>
     <t>UN_Agency</t>
   </si>
   <si>
     <t xml:space="preserve"> UN Agency</t>
   </si>
   <si>
     <t>RCM</t>
   </si>
   <si>
     <t>Red Cross Movement</t>
   </si>
   <si>
     <t>INGO</t>
   </si>
   <si>
     <t>International NGO</t>
   </si>
   <si>
     <t>NatNGO</t>
   </si>
@@ -546,267 +546,267 @@
   <si>
     <t>Regional or local Government Authority</t>
   </si>
   <si>
     <t>PrivateSector</t>
   </si>
   <si>
     <t>Private Sector Company or organization</t>
   </si>
   <si>
     <t>CommGroup</t>
   </si>
   <si>
     <t>Community or Religious Group</t>
   </si>
   <si>
     <t>Affected</t>
   </si>
   <si>
     <t>Member of the affected community</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
-    <t>lwOjepI</t>
+    <t>oet1OZX</t>
   </si>
   <si>
     <t>Shelter</t>
   </si>
   <si>
     <t>WaSH</t>
   </si>
   <si>
     <t>Health</t>
   </si>
   <si>
     <t>CCCM</t>
   </si>
   <si>
     <t>Camp Coordination &amp; Camp Management</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>FoodNutrition</t>
   </si>
   <si>
     <t>Food or Nutrition</t>
   </si>
   <si>
     <t>Protection</t>
   </si>
   <si>
     <t>Logistics</t>
   </si>
   <si>
-    <t>rCpJPVM</t>
+    <t>OqxzNj5</t>
   </si>
   <si>
     <t>Very_Satisfied</t>
   </si>
   <si>
     <t>Very Satisfied</t>
   </si>
   <si>
     <t>Reasonably_Satisfied</t>
   </si>
   <si>
     <t>Reasonably Satisfied</t>
   </si>
   <si>
     <t>Neutral</t>
   </si>
   <si>
     <t>Rather_Unsatisfied</t>
   </si>
   <si>
     <t>Rather Unsatisfied</t>
   </si>
   <si>
     <t>Not_Satisfied</t>
   </si>
   <si>
     <t>Not Satisfied at all</t>
   </si>
   <si>
     <t>No_Meetings</t>
   </si>
   <si>
     <t>No meetings have been held</t>
   </si>
   <si>
     <t>Dont_know</t>
   </si>
   <si>
     <t>Do not know</t>
   </si>
   <si>
-    <t>Fh5eUpg</t>
+    <t>s1X4U8W</t>
   </si>
   <si>
     <t>Always</t>
   </si>
   <si>
     <t>Often</t>
   </si>
   <si>
     <t>Sometimes</t>
   </si>
   <si>
     <t>Rarely</t>
   </si>
   <si>
     <t>Never</t>
   </si>
   <si>
-    <t>GO0ogqc</t>
+    <t>3a0zlip</t>
   </si>
   <si>
     <t>Very_easy</t>
   </si>
   <si>
     <t>Meetings were very easy to attend and particpate in</t>
   </si>
   <si>
     <t>Fairly_easy</t>
   </si>
   <si>
     <t>Meetings were fairly easy to attend and participate in</t>
   </si>
   <si>
     <t>Neutral - neither easy nor difficult</t>
   </si>
   <si>
     <t>Fairly_difficult</t>
   </si>
   <si>
     <t>Meetings were fairly difficult to attend and participate in</t>
   </si>
   <si>
     <t>Very_difficult</t>
   </si>
   <si>
     <t>Meetings were very difficult to attend and particpate in</t>
   </si>
   <si>
-    <t>z5ekSsu</t>
+    <t>gi1kQNm</t>
   </si>
   <si>
     <t>Definitely</t>
   </si>
   <si>
     <t>Dont_Know</t>
   </si>
   <si>
-    <t>boemTxF</t>
-[...2 lines deleted...]
-    <t>SEYhoOw</t>
+    <t>ftJEYPC</t>
+  </si>
+  <si>
+    <t>yXDN7Or</t>
   </si>
   <si>
     <t>Do Not Know</t>
   </si>
   <si>
-    <t>3BEWe6c</t>
-[...68 lines deleted...]
-    <t>nXRrD0H</t>
+    <t>4zCdK0F</t>
+  </si>
+  <si>
+    <t>5tYKEbN</t>
+  </si>
+  <si>
+    <t>vFkVTDy</t>
+  </si>
+  <si>
+    <t>4pFYrXv</t>
+  </si>
+  <si>
+    <t>EASym3B</t>
+  </si>
+  <si>
+    <t>yZUqexT</t>
+  </si>
+  <si>
+    <t>nEv8uxM</t>
+  </si>
+  <si>
+    <t>r1JUXB2</t>
+  </si>
+  <si>
+    <t>h6IqQ2S</t>
+  </si>
+  <si>
+    <t>S3McHZO</t>
+  </si>
+  <si>
+    <t>1Ail8Fk</t>
+  </si>
+  <si>
+    <t>UfWFvlG</t>
+  </si>
+  <si>
+    <t>g0MfH42</t>
+  </si>
+  <si>
+    <t>UcPrCfd</t>
+  </si>
+  <si>
+    <t>vDeTfjy</t>
+  </si>
+  <si>
+    <t>vJMn92b</t>
+  </si>
+  <si>
+    <t>fBaM2QO</t>
+  </si>
+  <si>
+    <t>AdYSaJw</t>
+  </si>
+  <si>
+    <t>XMSjPBU</t>
+  </si>
+  <si>
+    <t>VPrxciq</t>
+  </si>
+  <si>
+    <t>2XUZisD</t>
+  </si>
+  <si>
+    <t>lYWu9NQ</t>
+  </si>
+  <si>
+    <t>GmKxhN0</t>
+  </si>
+  <si>
+    <t>wW8gEjb</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>xTMAFoWPp2NzhSkKObCtQE</t>
+    <t>p2ZliRha3noYcTHP7ewjmb</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>