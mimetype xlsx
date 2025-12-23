--- v0 (2025-10-22)
+++ v1 (2025-12-23)
@@ -66,570 +66,570 @@
   <si>
     <t>calculation</t>
   </si>
   <si>
     <t>start</t>
   </si>
   <si>
     <t>end</t>
   </si>
   <si>
     <t>false</t>
   </si>
   <si>
     <t>markup</t>
   </si>
   <si>
     <t>note</t>
   </si>
   <si>
     <t>what_type_of_organization_do_you_represent_in_the_cluster</t>
   </si>
   <si>
     <t>What type of organization do you represent in the cluster?</t>
   </si>
   <si>
-    <t>select_multiple 7iAMoWz</t>
+    <t>select_multiple OVopqgL</t>
   </si>
   <si>
     <t>what_sectors_has_your_organization_worked_in_this_response</t>
   </si>
   <si>
     <t>What sectors has your organization worked in this response?</t>
   </si>
   <si>
-    <t>select_multiple xAKi7on</t>
+    <t>select_multiple vdySzkN</t>
   </si>
   <si>
     <t>what_geographic_areas_has_your_organization_been_involved_in_during_this_response_check_all_that_apply</t>
   </si>
   <si>
     <t>What geographic areas has your organization been involved in during this response (Check all that apply)</t>
   </si>
   <si>
-    <t>select_multiple iALPJC1</t>
+    <t>select_multiple sgN2w6j</t>
   </si>
   <si>
     <t>break1</t>
   </si>
   <si>
     <t>1 - Support Service Delivery</t>
   </si>
   <si>
     <t>markup1</t>
   </si>
   <si>
     <t>are_you_satisfied_with_the_frequency_of_cluster_meetings</t>
   </si>
   <si>
     <t>Are you satisfied with the frequency of cluster meetings?</t>
   </si>
   <si>
-    <t>select_one jyfIDTa</t>
+    <t>select_one wzPEIGC</t>
   </si>
   <si>
     <t>how_often_has_your_organization_participated_in_cluster_meetings</t>
   </si>
   <si>
     <t>How often has your organization participated in cluster meetings?</t>
   </si>
   <si>
-    <t>select_one 3DLvcAs</t>
+    <t>select_one b8pcjiT</t>
   </si>
   <si>
     <t>were_meetings_run_in_a_way_that_your_organization_was_able_to_attend_and_easily_participate_in</t>
   </si>
   <si>
     <t>Were meetings run in a way that your organization was able to attend and easily participate in?</t>
   </si>
   <si>
-    <t>select_one l6Jjqo1</t>
+    <t>select_one chTQ0Iw</t>
   </si>
   <si>
     <t>do_you_feel_that_the_coordination_needs_of_local_actors_were_well_represented</t>
   </si>
   <si>
     <t>Do you feel that the coordination needs of local actors were well represented?</t>
   </si>
   <si>
-    <t>select_one exHwQgu</t>
+    <t>select_one tA5xMwQ</t>
   </si>
   <si>
     <t>did_you_feel_like_your_opinions_and_viewpoints_were_able_to_be_heard_and_considered</t>
   </si>
   <si>
     <t>Did you feel like your opinions and viewpoints were able to be heard and considered?</t>
   </si>
   <si>
-    <t>select_one rPs9L1K</t>
+    <t>select_one BWQLcCT</t>
   </si>
   <si>
     <t>was_your_organization_able_to_connect_with_various_government_departments_ex_local_government_pupr_etc_as_required_for_implement</t>
   </si>
   <si>
     <t>Was your organization able to connect with various government departments (ex. Local government, PUPR, etc.) as required for implementing your programs?</t>
   </si>
   <si>
-    <t>select_one KDmCFTR</t>
+    <t>select_one 8fRje4D</t>
   </si>
   <si>
     <t>funding</t>
   </si>
   <si>
     <t>Did your relationship with the Shelter sub-cluster assist you to secure any additional funding either through providing linkages with donors or assistance with proposals?</t>
   </si>
   <si>
-    <t>select_one meotSIs</t>
+    <t>select_one ocfqwrg</t>
   </si>
   <si>
     <t>did_your_organization_receive_any_supportregarding_security</t>
   </si>
   <si>
     <t>Did your organization receive any support or guidance from the shelter sub-cluster regarding security of your staff, volunteers, facilities, and/or affected communities during the response? (bb p.11)</t>
   </si>
   <si>
-    <t>select_one sm1FX4B</t>
+    <t>select_one jm9ZC27</t>
   </si>
   <si>
     <t>any_additional_comments</t>
   </si>
   <si>
     <t>Any additional comments?</t>
   </si>
   <si>
     <t>text</t>
   </si>
   <si>
     <t>multiline</t>
   </si>
   <si>
     <t>break2</t>
   </si>
   <si>
     <t>2 - Informing Strategic Decision Making</t>
   </si>
   <si>
     <t>markup2</t>
   </si>
   <si>
     <t>has_your_organization_been_involved_in_any_coordinated_shelter_assessment_inititives_or_surveys_in_this_response</t>
   </si>
   <si>
     <t>Has your organization been involved in any coordinated shelter assessment inititives or surveys in this response?</t>
   </si>
   <si>
-    <t>select_one OB6eZjs</t>
+    <t>select_one QWDkACu</t>
   </si>
   <si>
     <t>have_needs_gaps_and_response_priorities_been_discussed_and_shared_with_partners</t>
   </si>
   <si>
     <t>Have needs, gaps, and response priorities been discussed and shared with partners?</t>
   </si>
   <si>
-    <t>select_one d0xahML</t>
+    <t>select_one dANRYIK</t>
   </si>
   <si>
     <t>have_these_analyses_considered_cross_cutting_issues_such_as_the_needs_of_elderly_people_gender_issues_and_environmental_concerns</t>
   </si>
   <si>
     <t>Have these analyses considered cross-cutting issues such as the needs of elderly people, gender issues, and environmental concerns?</t>
   </si>
   <si>
-    <t>select_one 2zsESix</t>
+    <t>select_one PdB8OLs</t>
   </si>
   <si>
     <t>has_an_analysis_of_where_partners_are_working_and_their_contribution_to_the_response_needs_been_done</t>
   </si>
   <si>
     <t>Has an analysis of where partners are working and their contribution to the response needs been done?</t>
   </si>
   <si>
-    <t>select_one MNdpHzo</t>
+    <t>select_one kycDA1z</t>
   </si>
   <si>
     <t>have_any_of_the_analyses_provided_through_the_cluster_supported_the_development_of_your_agencys_response_plan</t>
   </si>
   <si>
     <t>Have any of the analyses provided through the cluster supported the development of your agency"s response plan?</t>
   </si>
   <si>
-    <t>select_one F5j6dZH</t>
+    <t>select_one FzOGHum</t>
   </si>
   <si>
     <t>did_your_organization_make_use_of_or_consult_the_shelter_sub_cluster_strategy_in_your_programs_interventions</t>
   </si>
   <si>
     <t>Did your organization make use of or consult the shelter sub-cluster strategy in your programs/interventions?</t>
   </si>
   <si>
-    <t>select_one 4uoefpg</t>
+    <t>select_one T2mWubt</t>
   </si>
   <si>
     <t>has_your_organization_taken_decisions_based_upon_the_analysis_provided_by_the_cluster</t>
   </si>
   <si>
     <t>Has your organization taken decisions based upon the analysis provided by the cluster?</t>
   </si>
   <si>
-    <t>select_one Afwt1kY</t>
+    <t>select_one xATgE2L</t>
   </si>
   <si>
     <t>was_your_organization_able_to_make_programmatic_decision_gender_age_and_vulnerable_groups</t>
   </si>
   <si>
     <t>Was your organization able to make programmatic decisions taking into consideration issues like gender, age, and vulnerable groups because the sub-cluster made that information available?</t>
   </si>
   <si>
-    <t>select_one UOzKwuJ</t>
+    <t>select_one 0Vd4wyT</t>
   </si>
   <si>
     <t>did_your_organization_benefit_from_the_work_of_the_sag</t>
   </si>
   <si>
     <t>Did your organization benefit from the work of the SAG?</t>
   </si>
   <si>
-    <t>select_one 4cMYt9V</t>
+    <t>select_one OSwm5zJ</t>
   </si>
   <si>
     <t>comments_informingstrategic</t>
   </si>
   <si>
     <t>break3</t>
   </si>
   <si>
     <t>3 - Planning and Strategy Development</t>
   </si>
   <si>
     <t>markup3</t>
   </si>
   <si>
     <t>has_the_cluster_shared_an_evolving_strategy</t>
   </si>
   <si>
     <t>Has the cluster shared an evolving strategy of what assistance is suggested in which locations or to what type of affected people?</t>
   </si>
   <si>
-    <t>select_one FIm0ScQ</t>
+    <t>select_one wYKGDQV</t>
   </si>
   <si>
     <t>have_the_shelter_subcluster_coordination_mechanisms_undergone_any_adjustments</t>
   </si>
   <si>
     <t>Have the shelter subcluster coordination mechanisms undergone any adjustments or improvments during the course of the response based on feedback or suggestions from your organization or other cluster members?</t>
   </si>
   <si>
-    <t>select_one ag9JmFi</t>
+    <t>select_one gpxLQHV</t>
   </si>
   <si>
     <t>have_technical_guidelines_or_standards_been_shared_with_cluster_partners</t>
   </si>
   <si>
     <t>Have technical guidelines or standards been shared with cluster partners?</t>
   </si>
   <si>
-    <t>select_one s90yVzB</t>
+    <t>select_one PfwFdZD</t>
   </si>
   <si>
     <t>has_the_cluster_been_able_to_help_identify_how_much_funding_has_been_made_available_and_how_much_is_required_for_this_response</t>
   </si>
   <si>
     <t>Has the cluster been able to help identify how much funding has been made available and how much is required for this response?</t>
   </si>
   <si>
-    <t>select_one X2plxSI</t>
+    <t>select_one lNzfmMi</t>
   </si>
   <si>
     <t>do_you_feel_that_the_strategy_help_to_compliment_the_government_response</t>
   </si>
   <si>
     <t>Do you feel that the strategy helps to compliment the government response?</t>
   </si>
   <si>
-    <t>select_one tuzZ3i0</t>
+    <t>select_one Z0qxLTl</t>
   </si>
   <si>
     <t>does_the_shelter_strategy_compliement_the_larger_humanitarian_effort_including_other_clusters</t>
   </si>
   <si>
     <t>Does the shelter strategy compliment the larger humanitarian effort including other clusters?</t>
   </si>
   <si>
-    <t>select_one Vmylx8H</t>
+    <t>select_one rs8GcDm</t>
   </si>
   <si>
     <t>did_your_organization_have_regular_contact_with_the_shelter_sub_cluster_during_pre_disaster_phase</t>
   </si>
   <si>
     <t>Did your organization have regular contact with the shelter sub-cluster during pre-disaster phase? (For example for training purposes, preparedness activites, etc.)</t>
   </si>
   <si>
-    <t>select_one pfkzq7S</t>
+    <t>select_one 4qgGvWB</t>
   </si>
   <si>
     <t>do_you_feel_that_the_needs_of_vulnerable_groups_were_sufficiently_prioritized_in_this_response</t>
   </si>
   <si>
     <t>Do you feel that the needs of vulnerable groups (ex. children, the elderly, disabled people, minorities, other) were sufficiently prioritized in this response?</t>
   </si>
   <si>
-    <t>select_one eYb0Nnu</t>
+    <t>select_one 3gC2ejL</t>
   </si>
   <si>
     <t>comments_planningstrategy</t>
   </si>
   <si>
     <t>break4</t>
   </si>
   <si>
     <t>4 - Monitoring and Evaluating Performance</t>
   </si>
   <si>
     <t>markup4</t>
   </si>
   <si>
     <t>has_the_cluster_provided_regular_bulletins_or_updates</t>
   </si>
   <si>
     <t>Has the cluster provided regular bulletins or updates highlighting how the situation has changed with respect to needs, risks, and gaps?</t>
   </si>
   <si>
-    <t>select_one SUATc1p</t>
+    <t>select_one hD4x9kJ</t>
   </si>
   <si>
     <t>do_you_feel_like_your_organizations_efforts_are_reflected_in_updates</t>
   </si>
   <si>
     <t>Do you feel like your organization"s efforts are reflected in updates from the sub-cluster?</t>
   </si>
   <si>
-    <t>select_one gHeOD4R</t>
+    <t>select_one HoO4R81</t>
   </si>
   <si>
     <t>do_you_feel_like_reporting_formats_are_agreed_to_by_the_cluster_partners</t>
   </si>
   <si>
     <t>Do you feel like reporting formats are agreed upon by the cluster partners?</t>
   </si>
   <si>
-    <t>select_one 8HbMgf2</t>
+    <t>select_one hcD8dwz</t>
   </si>
   <si>
     <t>do_you_feel_like_the_changing_needs_of_women_girls_men_and_boys_are_reflected_in_the_monitoring_of_the_cluster</t>
   </si>
   <si>
     <t>Do you feel like the changing needs of women, girls, men and boys are reflected in the sub-cluster"s monitoring tools?</t>
   </si>
   <si>
-    <t>select_one AdUwPL6</t>
+    <t>select_one Fl7zXoi</t>
   </si>
   <si>
     <t>did_your_organization_make_use_of_the_indonesian_national_standard_activities</t>
   </si>
   <si>
     <t>Did your organization make use of the Indonesian National Standard (7937: 2013) when designing your intervention monitoring and evaluation activities?</t>
   </si>
   <si>
-    <t>select_one HgCd4Q0</t>
+    <t>select_one RwTFrDf</t>
   </si>
   <si>
     <t>has_your_organization_assisted_the_shelter_sub_cluster_in_documenting_good_practices_lessons_learned_for_future_responses</t>
   </si>
   <si>
     <t>Has your organization assisted the shelter sub-cluster in documenting good practices, lessons learned for future responses?</t>
   </si>
   <si>
-    <t>select_one 2iXI9Dz</t>
+    <t>select_one 5S1fdyq</t>
   </si>
   <si>
     <t>comments_mande</t>
   </si>
   <si>
     <t>break5</t>
   </si>
   <si>
     <t>5 - Building National Capacity</t>
   </si>
   <si>
     <t>markup5</t>
   </si>
   <si>
     <t>has_the_cluster_created_a_plan_that_can_be_used_to_support_future_disasters_in_shelter</t>
   </si>
   <si>
     <t>Has the cluster created a plan that can be used to support future disasters in shelter?</t>
   </si>
   <si>
-    <t>select_one Tkvg9Xb</t>
+    <t>select_one HzN0Sdn</t>
   </si>
   <si>
     <t>do_you_feel_like_your_organization_is_better_prepared_now_to_respond_in_the_future</t>
   </si>
   <si>
     <t>Do you feel like your organization is better prepared now to respond in the future?</t>
   </si>
   <si>
-    <t>select_one PE7HURf</t>
+    <t>select_one jfqUbHM</t>
   </si>
   <si>
     <t>do_you_feel_like_the_cluster_coordination_mechanisms_are_improved_for_another_future_response</t>
   </si>
   <si>
     <t>Do you feel like the cluster coordination mechanisms are improved for another future response?</t>
   </si>
   <si>
-    <t>select_one jsBUzCl</t>
+    <t>select_one a0j1wZo</t>
   </si>
   <si>
     <t>comments_buildingnationalcapacity</t>
   </si>
   <si>
     <t>break6</t>
   </si>
   <si>
     <t>6 - Supporting Robust Advocacy</t>
   </si>
   <si>
     <t>markup6</t>
   </si>
   <si>
     <t>has_the_cluster_been_clear_on_what_the_key_messages_are_for_this_response</t>
   </si>
   <si>
     <t>Has the cluster been clear on what the key messages are for this response?</t>
   </si>
   <si>
-    <t>select_one RIBVoTt</t>
+    <t>select_one xljSCOw</t>
   </si>
   <si>
     <t>has_the_cluster_undertaken_any_message_campaign_initiatives_to_raise_awareness_of_shelter_concerns_in_this_response</t>
   </si>
   <si>
     <t>Has the cluster undertaken any message campaign initiatives to raise awareness of shelter concerns in this response?</t>
   </si>
   <si>
-    <t>select_one QhJXg8b</t>
+    <t>select_one UesAkdY</t>
   </si>
   <si>
     <t>do_you_feel_like_your_organization_has_had_an_appropriate_level_of_involvement_in_crafting_any_messages_on_behalf_of_the_sector</t>
   </si>
   <si>
     <t>Do you feel like your organization has had an appropriate level of involvement in crafting any messages on behalf of the sector?</t>
   </si>
   <si>
-    <t>select_one oa8d3AC</t>
+    <t>select_one oTeHrzj</t>
   </si>
   <si>
     <t>do_you_feel_the_shelter_sub_cluster_was_able_to_effectively_advocate_on_behalf_of_the_affected_people</t>
   </si>
   <si>
     <t>Do you feel the shelter sub-cluster was able to effectively advocate on behalf of the affected people through the shelter cluster coordination mechanism?</t>
   </si>
   <si>
-    <t>select_one e6frbcI</t>
+    <t>select_one hPItXWY</t>
   </si>
   <si>
     <t>did_the_cluster_or_your_own_organization_conduct_any_advocacy_activities_</t>
   </si>
   <si>
     <t>Did the cluster, or your own organization, conduct any advocacy activities to meet the needs of the the affected population (particularly of vulnerable groups such as minority groups, people with disabilities, elderly and etc.) around protection from violence, gender-based violence, and others risks?</t>
   </si>
   <si>
-    <t>select_one bdxzMaw</t>
+    <t>select_one KokxsCc</t>
   </si>
   <si>
     <t>did_the_sub_cluster_advocate_key_messages_that_aligned_with_and_reflected_the_views_of_your_organization</t>
   </si>
   <si>
     <t>Did the sub-cluster advocate key messages that aligned with and reflected the views of your organization?</t>
   </si>
   <si>
-    <t>select_one anUMkIw</t>
+    <t>select_one YdVyH4b</t>
   </si>
   <si>
     <t>comments_supportingadvocacy</t>
   </si>
   <si>
     <t>break7</t>
   </si>
   <si>
     <t>7 - Promoting Accountability to Affected Populations</t>
   </si>
   <si>
     <t>markup7</t>
   </si>
   <si>
     <t>has_the_cluster_identified_mechanisms_for_consulting_with_affected_people_for_the_response</t>
   </si>
   <si>
     <t>Has the cluster identified mechanisms for consulting with affected people for the response?</t>
   </si>
   <si>
-    <t>select_one LTlVGQE</t>
+    <t>select_one OH8ZExN</t>
   </si>
   <si>
     <t>has_your_organization_applied_any_suggested_consultation_mechanisms_in_your_programming</t>
   </si>
   <si>
     <t>Has your organization applied any suggested consultation mechanisms in your programming?</t>
   </si>
   <si>
-    <t>select_one F7G51qm</t>
+    <t>select_one Z0ncRqi</t>
   </si>
   <si>
     <t>do_you_feel_like_affected_populations_have_had_an_appropriate_level_of_consultation</t>
   </si>
   <si>
     <t>Do you feel like affected populations including women, men, boys, and girls and other vulnerable groups have had an appropriate level of consultation and communication during all phases of the disaster?</t>
   </si>
   <si>
-    <t>select_one pwEOe3Y</t>
+    <t>select_one YRU2VPD</t>
   </si>
   <si>
     <t>comments_aap</t>
   </si>
   <si>
     <t>break8</t>
   </si>
   <si>
     <t>Conclusion</t>
   </si>
   <si>
     <t>markup8</t>
   </si>
   <si>
     <t>please_provide_any_closing_comments_that_you_may_have__again_we_are_grateful_for_your_contribution</t>
   </si>
   <si>
     <t>Please provide any closing comments that you may have.  Again we are grateful for your contribution.</t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>7iAMoWz</t>
+    <t>OVopqgL</t>
   </si>
   <si>
     <t>Donor</t>
   </si>
   <si>
     <t>UN_Agency</t>
   </si>
   <si>
     <t>UN Agency</t>
   </si>
   <si>
     <t>RCM</t>
   </si>
   <si>
     <t>Red Cross Movement/PMI</t>
   </si>
   <si>
     <t>INGO</t>
   </si>
   <si>
     <t>International NGO</t>
   </si>
   <si>
     <t>NatNGO</t>
   </si>
@@ -648,351 +648,351 @@
   <si>
     <t>Regional or local Government Authority</t>
   </si>
   <si>
     <t>PrivateSector</t>
   </si>
   <si>
     <t>Private Sector Company or organization</t>
   </si>
   <si>
     <t>CommGroup</t>
   </si>
   <si>
     <t>Community or Religious Group</t>
   </si>
   <si>
     <t>Affected</t>
   </si>
   <si>
     <t>Member of the affected community</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
-    <t>xAKi7on</t>
+    <t>vdySzkN</t>
   </si>
   <si>
     <t>Shelter</t>
   </si>
   <si>
     <t>WaSH</t>
   </si>
   <si>
     <t>Health</t>
   </si>
   <si>
     <t>CCCM</t>
   </si>
   <si>
     <t>Camp Coordination &amp; Camp Management</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>FoodNutrition</t>
   </si>
   <si>
     <t>Food or Nutrition</t>
   </si>
   <si>
     <t>Protection</t>
   </si>
   <si>
     <t>Logistics</t>
   </si>
   <si>
-    <t>iALPJC1</t>
+    <t>sgN2w6j</t>
   </si>
   <si>
     <t>National</t>
   </si>
   <si>
     <t>National Level (Jakarta)</t>
   </si>
   <si>
     <t>Sulawesi</t>
   </si>
   <si>
     <t>Lombok</t>
   </si>
   <si>
     <t>SundaStraits</t>
   </si>
   <si>
     <t>Sunda Straits</t>
   </si>
   <si>
-    <t>jyfIDTa</t>
+    <t>wzPEIGC</t>
   </si>
   <si>
     <t>Very_Satisfied</t>
   </si>
   <si>
     <t>Very Satisfied</t>
   </si>
   <si>
     <t>Reasonably_Satisfied</t>
   </si>
   <si>
     <t>Reasonably Satisfied</t>
   </si>
   <si>
     <t>Neutral</t>
   </si>
   <si>
     <t>Rather_Unsatisfied</t>
   </si>
   <si>
     <t>Rather Unsatisfied</t>
   </si>
   <si>
     <t>Not_Satisfied</t>
   </si>
   <si>
     <t>Not Satisfied at all</t>
   </si>
   <si>
     <t>No_Meetings</t>
   </si>
   <si>
     <t>No meetings have been held</t>
   </si>
   <si>
     <t>Dont_know</t>
   </si>
   <si>
     <t>Do not know</t>
   </si>
   <si>
-    <t>3DLvcAs</t>
+    <t>b8pcjiT</t>
   </si>
   <si>
     <t>Always</t>
   </si>
   <si>
     <t>Often</t>
   </si>
   <si>
     <t>Sometimes</t>
   </si>
   <si>
     <t>Rarely</t>
   </si>
   <si>
     <t>Never</t>
   </si>
   <si>
-    <t>l6Jjqo1</t>
+    <t>chTQ0Iw</t>
   </si>
   <si>
     <t>Very_easy</t>
   </si>
   <si>
     <t>Meetings were very easy to attend and particpate in</t>
   </si>
   <si>
     <t>Fairly_easy</t>
   </si>
   <si>
     <t>Meetings were fairly easy to attend and participate in</t>
   </si>
   <si>
     <t>Neutral - neither easy nor difficult</t>
   </si>
   <si>
     <t>Fairly_difficult</t>
   </si>
   <si>
     <t>Meetings were fairly difficult to attend and participate in</t>
   </si>
   <si>
     <t>Very_difficult</t>
   </si>
   <si>
     <t>Meetings were very difficult to attend and particpate in</t>
   </si>
   <si>
-    <t>exHwQgu</t>
+    <t>tA5xMwQ</t>
   </si>
   <si>
     <t>Definitely</t>
   </si>
   <si>
     <t>Dont_Know</t>
   </si>
   <si>
-    <t>rPs9L1K</t>
-[...5 lines deleted...]
-    <t>meotSIs</t>
+    <t>BWQLcCT</t>
+  </si>
+  <si>
+    <t>8fRje4D</t>
+  </si>
+  <si>
+    <t>ocfqwrg</t>
   </si>
   <si>
     <t>Yes, definitely</t>
   </si>
   <si>
     <t>Some</t>
   </si>
   <si>
     <t>Yes, some</t>
   </si>
   <si>
     <t>NotHelpful</t>
   </si>
   <si>
     <t>No, the relationship wasn"t helpful</t>
   </si>
   <si>
     <t>Hurt</t>
   </si>
   <si>
     <t>No, the relationship hurt our funding</t>
   </si>
   <si>
     <t>DoNotKnow</t>
   </si>
   <si>
-    <t>sm1FX4B</t>
-[...2 lines deleted...]
-    <t>OB6eZjs</t>
+    <t>jm9ZC27</t>
+  </si>
+  <si>
+    <t>QWDkACu</t>
   </si>
   <si>
     <t>Do Not Know</t>
   </si>
   <si>
-    <t>d0xahML</t>
-[...98 lines deleted...]
-    <t>pwEOe3Y</t>
+    <t>dANRYIK</t>
+  </si>
+  <si>
+    <t>PdB8OLs</t>
+  </si>
+  <si>
+    <t>kycDA1z</t>
+  </si>
+  <si>
+    <t>FzOGHum</t>
+  </si>
+  <si>
+    <t>T2mWubt</t>
+  </si>
+  <si>
+    <t>xATgE2L</t>
+  </si>
+  <si>
+    <t>0Vd4wyT</t>
+  </si>
+  <si>
+    <t>OSwm5zJ</t>
+  </si>
+  <si>
+    <t>wYKGDQV</t>
+  </si>
+  <si>
+    <t>gpxLQHV</t>
+  </si>
+  <si>
+    <t>PfwFdZD</t>
+  </si>
+  <si>
+    <t>lNzfmMi</t>
+  </si>
+  <si>
+    <t>Z0qxLTl</t>
+  </si>
+  <si>
+    <t>rs8GcDm</t>
+  </si>
+  <si>
+    <t>4qgGvWB</t>
+  </si>
+  <si>
+    <t>3gC2ejL</t>
+  </si>
+  <si>
+    <t>hD4x9kJ</t>
+  </si>
+  <si>
+    <t>HoO4R81</t>
+  </si>
+  <si>
+    <t>hcD8dwz</t>
+  </si>
+  <si>
+    <t>Fl7zXoi</t>
+  </si>
+  <si>
+    <t>RwTFrDf</t>
+  </si>
+  <si>
+    <t>5S1fdyq</t>
+  </si>
+  <si>
+    <t>HzN0Sdn</t>
+  </si>
+  <si>
+    <t>jfqUbHM</t>
+  </si>
+  <si>
+    <t>a0j1wZo</t>
+  </si>
+  <si>
+    <t>xljSCOw</t>
+  </si>
+  <si>
+    <t>UesAkdY</t>
+  </si>
+  <si>
+    <t>oTeHrzj</t>
+  </si>
+  <si>
+    <t>hPItXWY</t>
+  </si>
+  <si>
+    <t>KokxsCc</t>
+  </si>
+  <si>
+    <t>YdVyH4b</t>
+  </si>
+  <si>
+    <t>OH8ZExN</t>
+  </si>
+  <si>
+    <t>Z0ncRqi</t>
+  </si>
+  <si>
+    <t>YRU2VPD</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>ZdoEzH8DtRXc6msk29C4BN</t>
+    <t>QfrnNBUswyIvSRajD4XctL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>