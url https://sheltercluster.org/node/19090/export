--- v0 (2025-10-18)
+++ v1 (2025-12-19)
@@ -69,120 +69,120 @@
   <si>
     <t>start</t>
   </si>
   <si>
     <t>end</t>
   </si>
   <si>
     <t>false</t>
   </si>
   <si>
     <t>quelles_devraient_etre_les_priorites_pour_le_cluster_abris_ame</t>
   </si>
   <si>
     <t>Quelles devraient être les priorités pour le Cluster Abris/AME?</t>
   </si>
   <si>
     <t>note</t>
   </si>
   <si>
     <t>ameliorer_la_coordination_entre_les_acteurs_abris___ame___inter_cluster</t>
   </si>
   <si>
     <t>Améliorer la coordination entre les acteurs Abris / AME / Inter-cluster</t>
   </si>
   <si>
-    <t>select_one J5PQAmS</t>
+    <t>select_one qPtmVhC</t>
   </si>
   <si>
     <t>suggestions</t>
   </si>
   <si>
     <t>Suggestions</t>
   </si>
   <si>
     <t>text</t>
   </si>
   <si>
     <t>multiline</t>
   </si>
   <si>
     <t>travailler_sur_lanalyse_des_besoins</t>
   </si>
   <si>
     <t>Travailler sur l’analyse des besoins</t>
   </si>
   <si>
-    <t>select_one m92qBvs</t>
+    <t>select_one TNauLnb</t>
   </si>
   <si>
     <t>suggestions2</t>
   </si>
   <si>
     <t>formations_techniques_sur_la_mise_en_oeuvre_de_projet_abris___ame</t>
   </si>
   <si>
     <t>Formations techniques sur la mise en oeuvre de projet Abris / AME</t>
   </si>
   <si>
-    <t>select_one 7iIKPEn</t>
+    <t>select_one jmgcsIK</t>
   </si>
   <si>
     <t>suggestions3</t>
   </si>
   <si>
     <t>revoir_la_structure_la_frequence_des_reunions_abris__ame</t>
   </si>
   <si>
     <t>Revoir la structure, la fréquence des réunions Abris/ AME</t>
   </si>
   <si>
-    <t>select_one 3TIGDL1</t>
+    <t>select_one ub5R2yC</t>
   </si>
   <si>
     <t>suggestions4</t>
   </si>
   <si>
     <t>appuyer_a_la_lever_de_financement_pour_les_projets_abris__ame</t>
   </si>
   <si>
     <t>Appuyer a la lever de financement pour les projets Abris/ AME</t>
   </si>
   <si>
-    <t>select_one EbkZ25G</t>
+    <t>select_one tuy8wgG</t>
   </si>
   <si>
     <t>suggestions5</t>
   </si>
   <si>
     <t>plaidoyer_au_niveau_abris_ame</t>
   </si>
   <si>
     <t>Plaidoyer au niveau Abris/AME</t>
   </si>
   <si>
-    <t>select_one cxfXiJI</t>
+    <t>select_one CGjqO1R</t>
   </si>
   <si>
     <t>suggestions6</t>
   </si>
   <si>
     <t>autres_suggestions</t>
   </si>
   <si>
     <t>autres suggestions</t>
   </si>
   <si>
     <t>break1</t>
   </si>
   <si>
     <t>Identification</t>
   </si>
   <si>
     <t>identification</t>
   </si>
   <si>
     <t>nom</t>
   </si>
   <si>
     <t>Nom</t>
   </si>
@@ -198,87 +198,87 @@
   <si>
     <t>Organisation</t>
   </si>
   <si>
     <t>role</t>
   </si>
   <si>
     <t>Rôle</t>
   </si>
   <si>
     <t>email</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>localite___province___territoire</t>
   </si>
   <si>
     <t>Localité / Province / Territoire</t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>J5PQAmS</t>
+    <t>qPtmVhC</t>
   </si>
   <si>
     <t>Oui</t>
   </si>
   <si>
     <t>Un_peu</t>
   </si>
   <si>
     <t>Un Peu</t>
   </si>
   <si>
     <t>Non</t>
   </si>
   <si>
-    <t>m92qBvs</t>
+    <t>TNauLnb</t>
   </si>
   <si>
     <t>Un peu</t>
   </si>
   <si>
-    <t>7iIKPEn</t>
-[...8 lines deleted...]
-    <t>cxfXiJI</t>
+    <t>jmgcsIK</t>
+  </si>
+  <si>
+    <t>ub5R2yC</t>
+  </si>
+  <si>
+    <t>tuy8wgG</t>
+  </si>
+  <si>
+    <t>CGjqO1R</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>7BhlVLfJqWCzQR4Zy1GEKo</t>
+    <t>RsNyf9EAu8hKS0ZPxHcw2I</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>