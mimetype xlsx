--- v0 (2025-10-20)
+++ v1 (2026-01-09)
@@ -102,96 +102,96 @@
   <si>
     <t>date</t>
   </si>
   <si>
     <t>what_is_the_preferred_time_of_the_meeting</t>
   </si>
   <si>
     <t xml:space="preserve">What is the preferred time of the meeting? </t>
   </si>
   <si>
     <t>Please put the time in GVA time which you prefer for the meeting.</t>
   </si>
   <si>
     <t>time</t>
   </si>
   <si>
     <t>possible_topics_for_the_meeting</t>
   </si>
   <si>
     <t>Possible Topics for the meeting</t>
   </si>
   <si>
     <t>After the Global Shelter Cluster meeting in the month of October, there were many suggestions and requests for the NFI WG to join some initiatives. These include further developing on the energy theme, looking at energy indicators for monitoring of energy activities in the field, and life cycle analysis of NFI products. Are these topics of interest to discuss in the next meeting?</t>
   </si>
   <si>
-    <t>select_multiple lK8L0AW</t>
+    <t>select_multiple DHRjdEJ</t>
   </si>
   <si>
     <t>false</t>
   </si>
   <si>
     <t>if_no_what_topics</t>
   </si>
   <si>
     <t xml:space="preserve">If, no, what topics? </t>
   </si>
   <si>
     <t>What are your other suggestions for topics that should be discussed in the next meeting?</t>
   </si>
   <si>
     <t>other_comments_or_feedback</t>
   </si>
   <si>
     <t>Other comments or feedback</t>
   </si>
   <si>
     <t>Do you have any comments or feedback or recommendations for the NFI WG's scope of work?</t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>lK8L0AW</t>
+    <t>DHRjdEJ</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>hzK7tLnHIqkDyglXw2mB1T</t>
+    <t>X1wH2NrCK6BSgT5jMcDxi4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>