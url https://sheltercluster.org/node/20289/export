--- v0 (2025-10-21)
+++ v1 (2025-11-26)
@@ -63,207 +63,207 @@
   <si>
     <t>constraint</t>
   </si>
   <si>
     <t>calculation</t>
   </si>
   <si>
     <t>start</t>
   </si>
   <si>
     <t>end</t>
   </si>
   <si>
     <t>true</t>
   </si>
   <si>
     <t>please_choose_the_3_top_prioprities_for_the_nfi_wg_to_prioritize_in_2021</t>
   </si>
   <si>
     <t>Please choose the 3 top prioprities for the NFI WG to prioritize in 2021</t>
   </si>
   <si>
     <t>Select the 3 top priorities for the NFI WG to prioritize.</t>
   </si>
   <si>
-    <t>select_multiple kTKFE1Y</t>
+    <t>select_multiple awKSI5B</t>
   </si>
   <si>
     <t>based_on_the_priotization_what_type_of_formats_would_best_communicate_the_output_to_the_field</t>
   </si>
   <si>
     <t xml:space="preserve">Based on the priotization what type of formats would best communicate the output to the field? </t>
   </si>
   <si>
     <t>Please describe what type of products the NFI WG should work on to advance on the topics from above?</t>
   </si>
   <si>
-    <t>select_multiple Q5ZRflq</t>
+    <t>select_multiple kanwjrV</t>
   </si>
   <si>
     <t>false</t>
   </si>
   <si>
     <t>if_other_what_type_of_formats</t>
   </si>
   <si>
     <t xml:space="preserve">If other what type of formats? </t>
   </si>
   <si>
     <t>text</t>
   </si>
   <si>
     <t>are_you_or_your_agency_able_to_contribute_resources_learnings_to_this_work</t>
   </si>
   <si>
     <t xml:space="preserve">Are you or your agency able to contribute resources, learnings to this work? </t>
   </si>
   <si>
     <t>Are you or the agency you are representing able to contribute resources to this work?</t>
   </si>
   <si>
-    <t>select_one G2u3yhU</t>
+    <t>select_one 4ohIKD6</t>
   </si>
   <si>
     <t>what_are_you_able_to_contribute</t>
   </si>
   <si>
     <t xml:space="preserve">What are you able to contribute? </t>
   </si>
   <si>
     <t>This can be in the form of sharing publications, presenting during NFI WG meetings, participation in a mini working group, time resources to review drafts of products, advising on the products, etc.</t>
   </si>
   <si>
     <t>please_provide_your_email_so_we_can_get_in_touch_with_you</t>
   </si>
   <si>
     <t xml:space="preserve">Please provide your email so we can get in touch with you. </t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>kTKFE1Y</t>
+    <t>awKSI5B</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>Localization and Capacity Building of Local Actors in NFI Distribution</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>Guidance or two pager to clarify how to determine standards for NFIs</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t>Defining new packages for NFI kits considering emerging trends (COVID19, local materials, flooding conflict; ie contextualization of standard NFI kits</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Environmental Impact of NFIs; reuse, recyling</t>
   </si>
   <si>
     <t>EI</t>
   </si>
   <si>
     <t>Energy indicators to measure stronger shelter outcomes</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>Needs assessments and monitoring of NFIs and their effectiveness</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>Fire risks around plastic sheeting, material distribution</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>Cash and voucher modalities for NFI distributions</t>
   </si>
   <si>
-    <t>Q5ZRflq</t>
+    <t>kanwjrV</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
     <t>Word document or pdf 2 pager</t>
   </si>
   <si>
     <t>Checklist for practitioners</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>Video for practitioners</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>Dashboard of resources</t>
   </si>
   <si>
     <t>Online training module</t>
   </si>
   <si>
     <t>O</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
-    <t>G2u3yhU</t>
+    <t>4ohIKD6</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>7TvCJNWbHQ8UsoF3rK9qka</t>
+    <t>lh8bptTKwP9JadZyCVHSfv</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>