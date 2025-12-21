--- v1 (2025-11-26)
+++ v2 (2025-12-21)
@@ -63,207 +63,207 @@
   <si>
     <t>constraint</t>
   </si>
   <si>
     <t>calculation</t>
   </si>
   <si>
     <t>start</t>
   </si>
   <si>
     <t>end</t>
   </si>
   <si>
     <t>true</t>
   </si>
   <si>
     <t>please_choose_the_3_top_prioprities_for_the_nfi_wg_to_prioritize_in_2021</t>
   </si>
   <si>
     <t>Please choose the 3 top prioprities for the NFI WG to prioritize in 2021</t>
   </si>
   <si>
     <t>Select the 3 top priorities for the NFI WG to prioritize.</t>
   </si>
   <si>
-    <t>select_multiple awKSI5B</t>
+    <t>select_multiple KiQsTg4</t>
   </si>
   <si>
     <t>based_on_the_priotization_what_type_of_formats_would_best_communicate_the_output_to_the_field</t>
   </si>
   <si>
     <t xml:space="preserve">Based on the priotization what type of formats would best communicate the output to the field? </t>
   </si>
   <si>
     <t>Please describe what type of products the NFI WG should work on to advance on the topics from above?</t>
   </si>
   <si>
-    <t>select_multiple kanwjrV</t>
+    <t>select_multiple 0XchzWl</t>
   </si>
   <si>
     <t>false</t>
   </si>
   <si>
     <t>if_other_what_type_of_formats</t>
   </si>
   <si>
     <t xml:space="preserve">If other what type of formats? </t>
   </si>
   <si>
     <t>text</t>
   </si>
   <si>
     <t>are_you_or_your_agency_able_to_contribute_resources_learnings_to_this_work</t>
   </si>
   <si>
     <t xml:space="preserve">Are you or your agency able to contribute resources, learnings to this work? </t>
   </si>
   <si>
     <t>Are you or the agency you are representing able to contribute resources to this work?</t>
   </si>
   <si>
-    <t>select_one 4ohIKD6</t>
+    <t>select_one QsBbNpi</t>
   </si>
   <si>
     <t>what_are_you_able_to_contribute</t>
   </si>
   <si>
     <t xml:space="preserve">What are you able to contribute? </t>
   </si>
   <si>
     <t>This can be in the form of sharing publications, presenting during NFI WG meetings, participation in a mini working group, time resources to review drafts of products, advising on the products, etc.</t>
   </si>
   <si>
     <t>please_provide_your_email_so_we_can_get_in_touch_with_you</t>
   </si>
   <si>
     <t xml:space="preserve">Please provide your email so we can get in touch with you. </t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>awKSI5B</t>
+    <t>KiQsTg4</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>Localization and Capacity Building of Local Actors in NFI Distribution</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>Guidance or two pager to clarify how to determine standards for NFIs</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t>Defining new packages for NFI kits considering emerging trends (COVID19, local materials, flooding conflict; ie contextualization of standard NFI kits</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Environmental Impact of NFIs; reuse, recyling</t>
   </si>
   <si>
     <t>EI</t>
   </si>
   <si>
     <t>Energy indicators to measure stronger shelter outcomes</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>Needs assessments and monitoring of NFIs and their effectiveness</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>Fire risks around plastic sheeting, material distribution</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>Cash and voucher modalities for NFI distributions</t>
   </si>
   <si>
-    <t>kanwjrV</t>
+    <t>0XchzWl</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
     <t>Word document or pdf 2 pager</t>
   </si>
   <si>
     <t>Checklist for practitioners</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>Video for practitioners</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>Dashboard of resources</t>
   </si>
   <si>
     <t>Online training module</t>
   </si>
   <si>
     <t>O</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
-    <t>4ohIKD6</t>
+    <t>QsBbNpi</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>lh8bptTKwP9JadZyCVHSfv</t>
+    <t>GFDX6JHd0AUwhLRfsQjCoc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>