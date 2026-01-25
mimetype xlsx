--- v2 (2025-12-21)
+++ v3 (2026-01-25)
@@ -63,207 +63,207 @@
   <si>
     <t>constraint</t>
   </si>
   <si>
     <t>calculation</t>
   </si>
   <si>
     <t>start</t>
   </si>
   <si>
     <t>end</t>
   </si>
   <si>
     <t>true</t>
   </si>
   <si>
     <t>please_choose_the_3_top_prioprities_for_the_nfi_wg_to_prioritize_in_2021</t>
   </si>
   <si>
     <t>Please choose the 3 top prioprities for the NFI WG to prioritize in 2021</t>
   </si>
   <si>
     <t>Select the 3 top priorities for the NFI WG to prioritize.</t>
   </si>
   <si>
-    <t>select_multiple KiQsTg4</t>
+    <t>select_multiple MOUqZ9c</t>
   </si>
   <si>
     <t>based_on_the_priotization_what_type_of_formats_would_best_communicate_the_output_to_the_field</t>
   </si>
   <si>
     <t xml:space="preserve">Based on the priotization what type of formats would best communicate the output to the field? </t>
   </si>
   <si>
     <t>Please describe what type of products the NFI WG should work on to advance on the topics from above?</t>
   </si>
   <si>
-    <t>select_multiple 0XchzWl</t>
+    <t>select_multiple OCzkYdK</t>
   </si>
   <si>
     <t>false</t>
   </si>
   <si>
     <t>if_other_what_type_of_formats</t>
   </si>
   <si>
     <t xml:space="preserve">If other what type of formats? </t>
   </si>
   <si>
     <t>text</t>
   </si>
   <si>
     <t>are_you_or_your_agency_able_to_contribute_resources_learnings_to_this_work</t>
   </si>
   <si>
     <t xml:space="preserve">Are you or your agency able to contribute resources, learnings to this work? </t>
   </si>
   <si>
     <t>Are you or the agency you are representing able to contribute resources to this work?</t>
   </si>
   <si>
-    <t>select_one QsBbNpi</t>
+    <t>select_one RehMptY</t>
   </si>
   <si>
     <t>what_are_you_able_to_contribute</t>
   </si>
   <si>
     <t xml:space="preserve">What are you able to contribute? </t>
   </si>
   <si>
     <t>This can be in the form of sharing publications, presenting during NFI WG meetings, participation in a mini working group, time resources to review drafts of products, advising on the products, etc.</t>
   </si>
   <si>
     <t>please_provide_your_email_so_we_can_get_in_touch_with_you</t>
   </si>
   <si>
     <t xml:space="preserve">Please provide your email so we can get in touch with you. </t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>KiQsTg4</t>
+    <t>MOUqZ9c</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>Localization and Capacity Building of Local Actors in NFI Distribution</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>Guidance or two pager to clarify how to determine standards for NFIs</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t>Defining new packages for NFI kits considering emerging trends (COVID19, local materials, flooding conflict; ie contextualization of standard NFI kits</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Environmental Impact of NFIs; reuse, recyling</t>
   </si>
   <si>
     <t>EI</t>
   </si>
   <si>
     <t>Energy indicators to measure stronger shelter outcomes</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>Needs assessments and monitoring of NFIs and their effectiveness</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>Fire risks around plastic sheeting, material distribution</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>Cash and voucher modalities for NFI distributions</t>
   </si>
   <si>
-    <t>0XchzWl</t>
+    <t>OCzkYdK</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
     <t>Word document or pdf 2 pager</t>
   </si>
   <si>
     <t>Checklist for practitioners</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>Video for practitioners</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>Dashboard of resources</t>
   </si>
   <si>
     <t>Online training module</t>
   </si>
   <si>
     <t>O</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
-    <t>QsBbNpi</t>
+    <t>RehMptY</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>GFDX6JHd0AUwhLRfsQjCoc</t>
+    <t>NvyocxCROeIK6fAg1bz30m</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>