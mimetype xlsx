--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -63,417 +63,417 @@
   <si>
     <t>constraint</t>
   </si>
   <si>
     <t>calculation</t>
   </si>
   <si>
     <t>start</t>
   </si>
   <si>
     <t>end</t>
   </si>
   <si>
     <t>true</t>
   </si>
   <si>
     <t>role_in_org</t>
   </si>
   <si>
     <t>Role</t>
   </si>
   <si>
     <t>1.	Which option best describes your current role?</t>
   </si>
   <si>
-    <t>select_one dMAGWp3</t>
+    <t>select_one 7At2XSq</t>
   </si>
   <si>
     <t>false</t>
   </si>
   <si>
     <t>other_role</t>
   </si>
   <si>
     <t>Other Role</t>
   </si>
   <si>
     <t>If other role, please specify</t>
   </si>
   <si>
     <t>text</t>
   </si>
   <si>
     <t>organisation_type</t>
   </si>
   <si>
     <t>Organisation Type</t>
   </si>
   <si>
     <t>2.	Which option best describes your current organisation?</t>
   </si>
   <si>
-    <t>select_one vKNCH4g</t>
+    <t>select_one AeXP6Ym</t>
   </si>
   <si>
     <t>other_organisation_type</t>
   </si>
   <si>
     <t>Other Organisation Type</t>
   </si>
   <si>
     <t>If Other, please specify</t>
   </si>
   <si>
     <t>priority_topics</t>
   </si>
   <si>
     <t>Priority Topics</t>
   </si>
   <si>
     <t>3.	What are the top three most critical issues or topics you'd like to see the CoP discuss, explore or focus on in the next 1 - 2 years?</t>
   </si>
   <si>
-    <t>select_multiple ZSm2sPO</t>
+    <t>select_multiple Qh716jz</t>
   </si>
   <si>
     <t>other_priority_topics</t>
   </si>
   <si>
     <t>Other Priority Topics</t>
   </si>
   <si>
     <t>priorities_for_cop</t>
   </si>
   <si>
     <t>Priorities for CoP</t>
   </si>
   <si>
     <t>4.	What would you like to see from the CoP in the next 1-2 years (choose your top 3 priorities)?</t>
   </si>
   <si>
-    <t>select_multiple 2XyZ9fR</t>
+    <t>select_multiple XGc09uC</t>
   </si>
   <si>
     <t>other_cop_priorities</t>
   </si>
   <si>
     <t>Other CoP Priorities</t>
   </si>
   <si>
     <t>frequency</t>
   </si>
   <si>
     <t>Frequency</t>
   </si>
   <si>
     <t>5.	How frequently would you like the CoP to have virtual meetings?</t>
   </si>
   <si>
-    <t>select_one nyZ8Twu</t>
+    <t>select_one FyZWtDc</t>
   </si>
   <si>
     <t>engagement</t>
   </si>
   <si>
     <t>Engagement</t>
   </si>
   <si>
     <t>6.	How would you be willing to engage as a member of the CoP?</t>
   </si>
   <si>
-    <t>select_multiple eDgofBI</t>
+    <t>select_multiple yNfdI4b</t>
   </si>
   <si>
     <t>other_engagement</t>
   </si>
   <si>
     <t>Other Engagement</t>
   </si>
   <si>
     <t>contact_info</t>
   </si>
   <si>
     <t>Contact Info</t>
   </si>
   <si>
     <t>7.	Please provide your email address so we can get in touch about the areas you have mentioned for engagement (optional)</t>
   </si>
   <si>
     <t>suggestions</t>
   </si>
   <si>
     <t>Suggestions</t>
   </si>
   <si>
     <t>8.	Do you have any other suggestions or recommendations for the Shelter, Cash and Markets CoP?</t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>dMAGWp3</t>
+    <t>7At2XSq</t>
   </si>
   <si>
     <t>CCTeam</t>
   </si>
   <si>
     <t>Country-level cluster coordination team</t>
   </si>
   <si>
     <t>TechProgCountry</t>
   </si>
   <si>
     <t>Country-level technical or program staff</t>
   </si>
   <si>
     <t>RegHQProg</t>
   </si>
   <si>
     <t>Regional or HQ technical or program staff</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
-    <t>vKNCH4g</t>
+    <t>AeXP6Ym</t>
   </si>
   <si>
     <t>UN</t>
   </si>
   <si>
     <t>United Nations (UN)</t>
   </si>
   <si>
     <t>INGO</t>
   </si>
   <si>
     <t>International Non-Government Organisation (NGO)</t>
   </si>
   <si>
     <t>NNGO</t>
   </si>
   <si>
     <t>National or local Non-Government Organisation (NGO)</t>
   </si>
   <si>
     <t>RCRC</t>
   </si>
   <si>
     <t>Red Cross Red Crescent Movement</t>
   </si>
   <si>
     <t>Donor</t>
   </si>
   <si>
     <t>PrivateSector</t>
   </si>
   <si>
     <t>Private Sector</t>
   </si>
   <si>
     <t>Acad</t>
   </si>
   <si>
     <t>Academia</t>
   </si>
   <si>
     <t>IndConsult</t>
   </si>
   <si>
     <t>Independent Consultant</t>
   </si>
   <si>
     <t>Other (specify)</t>
   </si>
   <si>
-    <t>ZSm2sPO</t>
+    <t>Qh716jz</t>
   </si>
   <si>
     <t>Rent</t>
   </si>
   <si>
     <t>Rental markets</t>
   </si>
   <si>
     <t>AdvocacyCVA</t>
   </si>
   <si>
     <t>Advocacy for Cash and Voucher Assistance (CVA) in Shelter Responses</t>
   </si>
   <si>
     <t>HLP</t>
   </si>
   <si>
     <t>Housing Land and Property and Evictions</t>
   </si>
   <si>
     <t>Outcomes</t>
   </si>
   <si>
     <t>Measuring and tracking shelter outcomes from Cash and Voucher Assistance (CVA), including Multi-Purpose Cash Assistance (MPCA)</t>
   </si>
   <si>
     <t>MarketAssessment</t>
   </si>
   <si>
     <t>Market assessments for shelter responses</t>
   </si>
   <si>
     <t>AssessmentTools</t>
   </si>
   <si>
     <t>Common assessment tools</t>
   </si>
   <si>
     <t>Protection</t>
   </si>
   <si>
     <t>Protection risks in Cash and Voucher Assistance (CVA) programming</t>
   </si>
   <si>
     <t>CVAdesign</t>
   </si>
   <si>
     <t>Cash and Voucher Assistance (CVA) design (e.g. restrictions, accompaniment, digital delivery of CVA)</t>
   </si>
   <si>
-    <t>2XyZ9fR</t>
+    <t>XGc09uC</t>
   </si>
   <si>
     <t>Showcasingexperience</t>
   </si>
   <si>
     <t>Showcasing/sharing experiences from different organisations</t>
   </si>
   <si>
     <t>TechSupport</t>
   </si>
   <si>
     <t>Technical support and guidance for country clusters and practitioners</t>
   </si>
   <si>
     <t>Resources</t>
   </si>
   <si>
     <t>Development of resources to facilitate and promote quality market-based programming, including cash, in shelter responses</t>
   </si>
   <si>
     <t>Training</t>
   </si>
   <si>
     <t>Support cash and shelter training initiatives</t>
   </si>
   <si>
     <t>DiscussionForum</t>
   </si>
   <si>
     <t>Forum to discuss challenges and opportunities</t>
   </si>
   <si>
     <t>BestPractice</t>
   </si>
   <si>
     <t>Dissemination of best practices and case studies</t>
   </si>
   <si>
-    <t>nyZ8Twu</t>
+    <t>FyZWtDc</t>
   </si>
   <si>
     <t>Annual</t>
   </si>
   <si>
     <t>Annually</t>
   </si>
   <si>
     <t>6months</t>
   </si>
   <si>
     <t>Every 6 months</t>
   </si>
   <si>
     <t>Quart</t>
   </si>
   <si>
     <t>Quarterly</t>
   </si>
   <si>
     <t>Adhoc</t>
   </si>
   <si>
     <t>Ad hoc / as needed</t>
   </si>
   <si>
-    <t>eDgofBI</t>
+    <t>yNfdI4b</t>
   </si>
   <si>
     <t>Leadsubwg</t>
   </si>
   <si>
     <t>Lead a thematic sub-group</t>
   </si>
   <si>
     <t>Joinsubwg</t>
   </si>
   <si>
     <t>Join a thematic sub-group</t>
   </si>
   <si>
     <t>Startdiscussion</t>
   </si>
   <si>
     <t>Start discussion threads on the website</t>
   </si>
   <si>
     <t>Replydiscussion</t>
   </si>
   <si>
     <t>Reply to discussion threads on the website</t>
   </si>
   <si>
     <t>Shareresources</t>
   </si>
   <si>
     <t>Share technical resources from my agency/others</t>
   </si>
   <si>
     <t>Participateincalls</t>
   </si>
   <si>
     <t>Participate in CoP calls</t>
   </si>
   <si>
     <t>Presentoncalls</t>
   </si>
   <si>
     <t>Present experience on CoP calls</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>JqlRoHmgsQ9uCnptA5O1WL</t>
+    <t>anDAHyLsGu8E6Wr0w7Sx4F</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>