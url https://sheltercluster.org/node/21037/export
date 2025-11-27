--- v1 (2025-11-04)
+++ v2 (2025-11-27)
@@ -63,417 +63,417 @@
   <si>
     <t>constraint</t>
   </si>
   <si>
     <t>calculation</t>
   </si>
   <si>
     <t>start</t>
   </si>
   <si>
     <t>end</t>
   </si>
   <si>
     <t>true</t>
   </si>
   <si>
     <t>role_in_org</t>
   </si>
   <si>
     <t>Role</t>
   </si>
   <si>
     <t>1.	Which option best describes your current role?</t>
   </si>
   <si>
-    <t>select_one 7At2XSq</t>
+    <t>select_one 5GL9w2W</t>
   </si>
   <si>
     <t>false</t>
   </si>
   <si>
     <t>other_role</t>
   </si>
   <si>
     <t>Other Role</t>
   </si>
   <si>
     <t>If other role, please specify</t>
   </si>
   <si>
     <t>text</t>
   </si>
   <si>
     <t>organisation_type</t>
   </si>
   <si>
     <t>Organisation Type</t>
   </si>
   <si>
     <t>2.	Which option best describes your current organisation?</t>
   </si>
   <si>
-    <t>select_one AeXP6Ym</t>
+    <t>select_one VsDSgYB</t>
   </si>
   <si>
     <t>other_organisation_type</t>
   </si>
   <si>
     <t>Other Organisation Type</t>
   </si>
   <si>
     <t>If Other, please specify</t>
   </si>
   <si>
     <t>priority_topics</t>
   </si>
   <si>
     <t>Priority Topics</t>
   </si>
   <si>
     <t>3.	What are the top three most critical issues or topics you'd like to see the CoP discuss, explore or focus on in the next 1 - 2 years?</t>
   </si>
   <si>
-    <t>select_multiple Qh716jz</t>
+    <t>select_multiple Xbfutxe</t>
   </si>
   <si>
     <t>other_priority_topics</t>
   </si>
   <si>
     <t>Other Priority Topics</t>
   </si>
   <si>
     <t>priorities_for_cop</t>
   </si>
   <si>
     <t>Priorities for CoP</t>
   </si>
   <si>
     <t>4.	What would you like to see from the CoP in the next 1-2 years (choose your top 3 priorities)?</t>
   </si>
   <si>
-    <t>select_multiple XGc09uC</t>
+    <t>select_multiple xdhiJXc</t>
   </si>
   <si>
     <t>other_cop_priorities</t>
   </si>
   <si>
     <t>Other CoP Priorities</t>
   </si>
   <si>
     <t>frequency</t>
   </si>
   <si>
     <t>Frequency</t>
   </si>
   <si>
     <t>5.	How frequently would you like the CoP to have virtual meetings?</t>
   </si>
   <si>
-    <t>select_one FyZWtDc</t>
+    <t>select_one 9aHcvnt</t>
   </si>
   <si>
     <t>engagement</t>
   </si>
   <si>
     <t>Engagement</t>
   </si>
   <si>
     <t>6.	How would you be willing to engage as a member of the CoP?</t>
   </si>
   <si>
-    <t>select_multiple yNfdI4b</t>
+    <t>select_multiple bGTVwkp</t>
   </si>
   <si>
     <t>other_engagement</t>
   </si>
   <si>
     <t>Other Engagement</t>
   </si>
   <si>
     <t>contact_info</t>
   </si>
   <si>
     <t>Contact Info</t>
   </si>
   <si>
     <t>7.	Please provide your email address so we can get in touch about the areas you have mentioned for engagement (optional)</t>
   </si>
   <si>
     <t>suggestions</t>
   </si>
   <si>
     <t>Suggestions</t>
   </si>
   <si>
     <t>8.	Do you have any other suggestions or recommendations for the Shelter, Cash and Markets CoP?</t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>7At2XSq</t>
+    <t>5GL9w2W</t>
   </si>
   <si>
     <t>CCTeam</t>
   </si>
   <si>
     <t>Country-level cluster coordination team</t>
   </si>
   <si>
     <t>TechProgCountry</t>
   </si>
   <si>
     <t>Country-level technical or program staff</t>
   </si>
   <si>
     <t>RegHQProg</t>
   </si>
   <si>
     <t>Regional or HQ technical or program staff</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
-    <t>AeXP6Ym</t>
+    <t>VsDSgYB</t>
   </si>
   <si>
     <t>UN</t>
   </si>
   <si>
     <t>United Nations (UN)</t>
   </si>
   <si>
     <t>INGO</t>
   </si>
   <si>
     <t>International Non-Government Organisation (NGO)</t>
   </si>
   <si>
     <t>NNGO</t>
   </si>
   <si>
     <t>National or local Non-Government Organisation (NGO)</t>
   </si>
   <si>
     <t>RCRC</t>
   </si>
   <si>
     <t>Red Cross Red Crescent Movement</t>
   </si>
   <si>
     <t>Donor</t>
   </si>
   <si>
     <t>PrivateSector</t>
   </si>
   <si>
     <t>Private Sector</t>
   </si>
   <si>
     <t>Acad</t>
   </si>
   <si>
     <t>Academia</t>
   </si>
   <si>
     <t>IndConsult</t>
   </si>
   <si>
     <t>Independent Consultant</t>
   </si>
   <si>
     <t>Other (specify)</t>
   </si>
   <si>
-    <t>Qh716jz</t>
+    <t>Xbfutxe</t>
   </si>
   <si>
     <t>Rent</t>
   </si>
   <si>
     <t>Rental markets</t>
   </si>
   <si>
     <t>AdvocacyCVA</t>
   </si>
   <si>
     <t>Advocacy for Cash and Voucher Assistance (CVA) in Shelter Responses</t>
   </si>
   <si>
     <t>HLP</t>
   </si>
   <si>
     <t>Housing Land and Property and Evictions</t>
   </si>
   <si>
     <t>Outcomes</t>
   </si>
   <si>
     <t>Measuring and tracking shelter outcomes from Cash and Voucher Assistance (CVA), including Multi-Purpose Cash Assistance (MPCA)</t>
   </si>
   <si>
     <t>MarketAssessment</t>
   </si>
   <si>
     <t>Market assessments for shelter responses</t>
   </si>
   <si>
     <t>AssessmentTools</t>
   </si>
   <si>
     <t>Common assessment tools</t>
   </si>
   <si>
     <t>Protection</t>
   </si>
   <si>
     <t>Protection risks in Cash and Voucher Assistance (CVA) programming</t>
   </si>
   <si>
     <t>CVAdesign</t>
   </si>
   <si>
     <t>Cash and Voucher Assistance (CVA) design (e.g. restrictions, accompaniment, digital delivery of CVA)</t>
   </si>
   <si>
-    <t>XGc09uC</t>
+    <t>xdhiJXc</t>
   </si>
   <si>
     <t>Showcasingexperience</t>
   </si>
   <si>
     <t>Showcasing/sharing experiences from different organisations</t>
   </si>
   <si>
     <t>TechSupport</t>
   </si>
   <si>
     <t>Technical support and guidance for country clusters and practitioners</t>
   </si>
   <si>
     <t>Resources</t>
   </si>
   <si>
     <t>Development of resources to facilitate and promote quality market-based programming, including cash, in shelter responses</t>
   </si>
   <si>
     <t>Training</t>
   </si>
   <si>
     <t>Support cash and shelter training initiatives</t>
   </si>
   <si>
     <t>DiscussionForum</t>
   </si>
   <si>
     <t>Forum to discuss challenges and opportunities</t>
   </si>
   <si>
     <t>BestPractice</t>
   </si>
   <si>
     <t>Dissemination of best practices and case studies</t>
   </si>
   <si>
-    <t>FyZWtDc</t>
+    <t>9aHcvnt</t>
   </si>
   <si>
     <t>Annual</t>
   </si>
   <si>
     <t>Annually</t>
   </si>
   <si>
     <t>6months</t>
   </si>
   <si>
     <t>Every 6 months</t>
   </si>
   <si>
     <t>Quart</t>
   </si>
   <si>
     <t>Quarterly</t>
   </si>
   <si>
     <t>Adhoc</t>
   </si>
   <si>
     <t>Ad hoc / as needed</t>
   </si>
   <si>
-    <t>yNfdI4b</t>
+    <t>bGTVwkp</t>
   </si>
   <si>
     <t>Leadsubwg</t>
   </si>
   <si>
     <t>Lead a thematic sub-group</t>
   </si>
   <si>
     <t>Joinsubwg</t>
   </si>
   <si>
     <t>Join a thematic sub-group</t>
   </si>
   <si>
     <t>Startdiscussion</t>
   </si>
   <si>
     <t>Start discussion threads on the website</t>
   </si>
   <si>
     <t>Replydiscussion</t>
   </si>
   <si>
     <t>Reply to discussion threads on the website</t>
   </si>
   <si>
     <t>Shareresources</t>
   </si>
   <si>
     <t>Share technical resources from my agency/others</t>
   </si>
   <si>
     <t>Participateincalls</t>
   </si>
   <si>
     <t>Participate in CoP calls</t>
   </si>
   <si>
     <t>Presentoncalls</t>
   </si>
   <si>
     <t>Present experience on CoP calls</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>anDAHyLsGu8E6Wr0w7Sx4F</t>
+    <t>FXe82sYVv0gxrfMtIpKwUD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>