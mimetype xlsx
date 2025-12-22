--- v2 (2025-11-27)
+++ v3 (2025-12-22)
@@ -63,417 +63,417 @@
   <si>
     <t>constraint</t>
   </si>
   <si>
     <t>calculation</t>
   </si>
   <si>
     <t>start</t>
   </si>
   <si>
     <t>end</t>
   </si>
   <si>
     <t>true</t>
   </si>
   <si>
     <t>role_in_org</t>
   </si>
   <si>
     <t>Role</t>
   </si>
   <si>
     <t>1.	Which option best describes your current role?</t>
   </si>
   <si>
-    <t>select_one 5GL9w2W</t>
+    <t>select_one 3wSt8DT</t>
   </si>
   <si>
     <t>false</t>
   </si>
   <si>
     <t>other_role</t>
   </si>
   <si>
     <t>Other Role</t>
   </si>
   <si>
     <t>If other role, please specify</t>
   </si>
   <si>
     <t>text</t>
   </si>
   <si>
     <t>organisation_type</t>
   </si>
   <si>
     <t>Organisation Type</t>
   </si>
   <si>
     <t>2.	Which option best describes your current organisation?</t>
   </si>
   <si>
-    <t>select_one VsDSgYB</t>
+    <t>select_one k0Two9A</t>
   </si>
   <si>
     <t>other_organisation_type</t>
   </si>
   <si>
     <t>Other Organisation Type</t>
   </si>
   <si>
     <t>If Other, please specify</t>
   </si>
   <si>
     <t>priority_topics</t>
   </si>
   <si>
     <t>Priority Topics</t>
   </si>
   <si>
     <t>3.	What are the top three most critical issues or topics you'd like to see the CoP discuss, explore or focus on in the next 1 - 2 years?</t>
   </si>
   <si>
-    <t>select_multiple Xbfutxe</t>
+    <t>select_multiple yw23WSq</t>
   </si>
   <si>
     <t>other_priority_topics</t>
   </si>
   <si>
     <t>Other Priority Topics</t>
   </si>
   <si>
     <t>priorities_for_cop</t>
   </si>
   <si>
     <t>Priorities for CoP</t>
   </si>
   <si>
     <t>4.	What would you like to see from the CoP in the next 1-2 years (choose your top 3 priorities)?</t>
   </si>
   <si>
-    <t>select_multiple xdhiJXc</t>
+    <t>select_multiple z2JKhFS</t>
   </si>
   <si>
     <t>other_cop_priorities</t>
   </si>
   <si>
     <t>Other CoP Priorities</t>
   </si>
   <si>
     <t>frequency</t>
   </si>
   <si>
     <t>Frequency</t>
   </si>
   <si>
     <t>5.	How frequently would you like the CoP to have virtual meetings?</t>
   </si>
   <si>
-    <t>select_one 9aHcvnt</t>
+    <t>select_one xldrAhJ</t>
   </si>
   <si>
     <t>engagement</t>
   </si>
   <si>
     <t>Engagement</t>
   </si>
   <si>
     <t>6.	How would you be willing to engage as a member of the CoP?</t>
   </si>
   <si>
-    <t>select_multiple bGTVwkp</t>
+    <t>select_multiple qVfIgrN</t>
   </si>
   <si>
     <t>other_engagement</t>
   </si>
   <si>
     <t>Other Engagement</t>
   </si>
   <si>
     <t>contact_info</t>
   </si>
   <si>
     <t>Contact Info</t>
   </si>
   <si>
     <t>7.	Please provide your email address so we can get in touch about the areas you have mentioned for engagement (optional)</t>
   </si>
   <si>
     <t>suggestions</t>
   </si>
   <si>
     <t>Suggestions</t>
   </si>
   <si>
     <t>8.	Do you have any other suggestions or recommendations for the Shelter, Cash and Markets CoP?</t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>5GL9w2W</t>
+    <t>3wSt8DT</t>
   </si>
   <si>
     <t>CCTeam</t>
   </si>
   <si>
     <t>Country-level cluster coordination team</t>
   </si>
   <si>
     <t>TechProgCountry</t>
   </si>
   <si>
     <t>Country-level technical or program staff</t>
   </si>
   <si>
     <t>RegHQProg</t>
   </si>
   <si>
     <t>Regional or HQ technical or program staff</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
-    <t>VsDSgYB</t>
+    <t>k0Two9A</t>
   </si>
   <si>
     <t>UN</t>
   </si>
   <si>
     <t>United Nations (UN)</t>
   </si>
   <si>
     <t>INGO</t>
   </si>
   <si>
     <t>International Non-Government Organisation (NGO)</t>
   </si>
   <si>
     <t>NNGO</t>
   </si>
   <si>
     <t>National or local Non-Government Organisation (NGO)</t>
   </si>
   <si>
     <t>RCRC</t>
   </si>
   <si>
     <t>Red Cross Red Crescent Movement</t>
   </si>
   <si>
     <t>Donor</t>
   </si>
   <si>
     <t>PrivateSector</t>
   </si>
   <si>
     <t>Private Sector</t>
   </si>
   <si>
     <t>Acad</t>
   </si>
   <si>
     <t>Academia</t>
   </si>
   <si>
     <t>IndConsult</t>
   </si>
   <si>
     <t>Independent Consultant</t>
   </si>
   <si>
     <t>Other (specify)</t>
   </si>
   <si>
-    <t>Xbfutxe</t>
+    <t>yw23WSq</t>
   </si>
   <si>
     <t>Rent</t>
   </si>
   <si>
     <t>Rental markets</t>
   </si>
   <si>
     <t>AdvocacyCVA</t>
   </si>
   <si>
     <t>Advocacy for Cash and Voucher Assistance (CVA) in Shelter Responses</t>
   </si>
   <si>
     <t>HLP</t>
   </si>
   <si>
     <t>Housing Land and Property and Evictions</t>
   </si>
   <si>
     <t>Outcomes</t>
   </si>
   <si>
     <t>Measuring and tracking shelter outcomes from Cash and Voucher Assistance (CVA), including Multi-Purpose Cash Assistance (MPCA)</t>
   </si>
   <si>
     <t>MarketAssessment</t>
   </si>
   <si>
     <t>Market assessments for shelter responses</t>
   </si>
   <si>
     <t>AssessmentTools</t>
   </si>
   <si>
     <t>Common assessment tools</t>
   </si>
   <si>
     <t>Protection</t>
   </si>
   <si>
     <t>Protection risks in Cash and Voucher Assistance (CVA) programming</t>
   </si>
   <si>
     <t>CVAdesign</t>
   </si>
   <si>
     <t>Cash and Voucher Assistance (CVA) design (e.g. restrictions, accompaniment, digital delivery of CVA)</t>
   </si>
   <si>
-    <t>xdhiJXc</t>
+    <t>z2JKhFS</t>
   </si>
   <si>
     <t>Showcasingexperience</t>
   </si>
   <si>
     <t>Showcasing/sharing experiences from different organisations</t>
   </si>
   <si>
     <t>TechSupport</t>
   </si>
   <si>
     <t>Technical support and guidance for country clusters and practitioners</t>
   </si>
   <si>
     <t>Resources</t>
   </si>
   <si>
     <t>Development of resources to facilitate and promote quality market-based programming, including cash, in shelter responses</t>
   </si>
   <si>
     <t>Training</t>
   </si>
   <si>
     <t>Support cash and shelter training initiatives</t>
   </si>
   <si>
     <t>DiscussionForum</t>
   </si>
   <si>
     <t>Forum to discuss challenges and opportunities</t>
   </si>
   <si>
     <t>BestPractice</t>
   </si>
   <si>
     <t>Dissemination of best practices and case studies</t>
   </si>
   <si>
-    <t>9aHcvnt</t>
+    <t>xldrAhJ</t>
   </si>
   <si>
     <t>Annual</t>
   </si>
   <si>
     <t>Annually</t>
   </si>
   <si>
     <t>6months</t>
   </si>
   <si>
     <t>Every 6 months</t>
   </si>
   <si>
     <t>Quart</t>
   </si>
   <si>
     <t>Quarterly</t>
   </si>
   <si>
     <t>Adhoc</t>
   </si>
   <si>
     <t>Ad hoc / as needed</t>
   </si>
   <si>
-    <t>bGTVwkp</t>
+    <t>qVfIgrN</t>
   </si>
   <si>
     <t>Leadsubwg</t>
   </si>
   <si>
     <t>Lead a thematic sub-group</t>
   </si>
   <si>
     <t>Joinsubwg</t>
   </si>
   <si>
     <t>Join a thematic sub-group</t>
   </si>
   <si>
     <t>Startdiscussion</t>
   </si>
   <si>
     <t>Start discussion threads on the website</t>
   </si>
   <si>
     <t>Replydiscussion</t>
   </si>
   <si>
     <t>Reply to discussion threads on the website</t>
   </si>
   <si>
     <t>Shareresources</t>
   </si>
   <si>
     <t>Share technical resources from my agency/others</t>
   </si>
   <si>
     <t>Participateincalls</t>
   </si>
   <si>
     <t>Participate in CoP calls</t>
   </si>
   <si>
     <t>Presentoncalls</t>
   </si>
   <si>
     <t>Present experience on CoP calls</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>FXe82sYVv0gxrfMtIpKwUD</t>
+    <t>y6sRiCvDawj59tGnBerT7k</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>