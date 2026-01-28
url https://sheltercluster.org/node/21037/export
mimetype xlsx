--- v3 (2025-12-22)
+++ v4 (2026-01-28)
@@ -63,417 +63,417 @@
   <si>
     <t>constraint</t>
   </si>
   <si>
     <t>calculation</t>
   </si>
   <si>
     <t>start</t>
   </si>
   <si>
     <t>end</t>
   </si>
   <si>
     <t>true</t>
   </si>
   <si>
     <t>role_in_org</t>
   </si>
   <si>
     <t>Role</t>
   </si>
   <si>
     <t>1.	Which option best describes your current role?</t>
   </si>
   <si>
-    <t>select_one 3wSt8DT</t>
+    <t>select_one IwCiW0D</t>
   </si>
   <si>
     <t>false</t>
   </si>
   <si>
     <t>other_role</t>
   </si>
   <si>
     <t>Other Role</t>
   </si>
   <si>
     <t>If other role, please specify</t>
   </si>
   <si>
     <t>text</t>
   </si>
   <si>
     <t>organisation_type</t>
   </si>
   <si>
     <t>Organisation Type</t>
   </si>
   <si>
     <t>2.	Which option best describes your current organisation?</t>
   </si>
   <si>
-    <t>select_one k0Two9A</t>
+    <t>select_one Hces3mR</t>
   </si>
   <si>
     <t>other_organisation_type</t>
   </si>
   <si>
     <t>Other Organisation Type</t>
   </si>
   <si>
     <t>If Other, please specify</t>
   </si>
   <si>
     <t>priority_topics</t>
   </si>
   <si>
     <t>Priority Topics</t>
   </si>
   <si>
     <t>3.	What are the top three most critical issues or topics you'd like to see the CoP discuss, explore or focus on in the next 1 - 2 years?</t>
   </si>
   <si>
-    <t>select_multiple yw23WSq</t>
+    <t>select_multiple dlmAPMf</t>
   </si>
   <si>
     <t>other_priority_topics</t>
   </si>
   <si>
     <t>Other Priority Topics</t>
   </si>
   <si>
     <t>priorities_for_cop</t>
   </si>
   <si>
     <t>Priorities for CoP</t>
   </si>
   <si>
     <t>4.	What would you like to see from the CoP in the next 1-2 years (choose your top 3 priorities)?</t>
   </si>
   <si>
-    <t>select_multiple z2JKhFS</t>
+    <t>select_multiple IxRFT4l</t>
   </si>
   <si>
     <t>other_cop_priorities</t>
   </si>
   <si>
     <t>Other CoP Priorities</t>
   </si>
   <si>
     <t>frequency</t>
   </si>
   <si>
     <t>Frequency</t>
   </si>
   <si>
     <t>5.	How frequently would you like the CoP to have virtual meetings?</t>
   </si>
   <si>
-    <t>select_one xldrAhJ</t>
+    <t>select_one 32fS8Gi</t>
   </si>
   <si>
     <t>engagement</t>
   </si>
   <si>
     <t>Engagement</t>
   </si>
   <si>
     <t>6.	How would you be willing to engage as a member of the CoP?</t>
   </si>
   <si>
-    <t>select_multiple qVfIgrN</t>
+    <t>select_multiple DCWZ9tr</t>
   </si>
   <si>
     <t>other_engagement</t>
   </si>
   <si>
     <t>Other Engagement</t>
   </si>
   <si>
     <t>contact_info</t>
   </si>
   <si>
     <t>Contact Info</t>
   </si>
   <si>
     <t>7.	Please provide your email address so we can get in touch about the areas you have mentioned for engagement (optional)</t>
   </si>
   <si>
     <t>suggestions</t>
   </si>
   <si>
     <t>Suggestions</t>
   </si>
   <si>
     <t>8.	Do you have any other suggestions or recommendations for the Shelter, Cash and Markets CoP?</t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>3wSt8DT</t>
+    <t>IwCiW0D</t>
   </si>
   <si>
     <t>CCTeam</t>
   </si>
   <si>
     <t>Country-level cluster coordination team</t>
   </si>
   <si>
     <t>TechProgCountry</t>
   </si>
   <si>
     <t>Country-level technical or program staff</t>
   </si>
   <si>
     <t>RegHQProg</t>
   </si>
   <si>
     <t>Regional or HQ technical or program staff</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
-    <t>k0Two9A</t>
+    <t>Hces3mR</t>
   </si>
   <si>
     <t>UN</t>
   </si>
   <si>
     <t>United Nations (UN)</t>
   </si>
   <si>
     <t>INGO</t>
   </si>
   <si>
     <t>International Non-Government Organisation (NGO)</t>
   </si>
   <si>
     <t>NNGO</t>
   </si>
   <si>
     <t>National or local Non-Government Organisation (NGO)</t>
   </si>
   <si>
     <t>RCRC</t>
   </si>
   <si>
     <t>Red Cross Red Crescent Movement</t>
   </si>
   <si>
     <t>Donor</t>
   </si>
   <si>
     <t>PrivateSector</t>
   </si>
   <si>
     <t>Private Sector</t>
   </si>
   <si>
     <t>Acad</t>
   </si>
   <si>
     <t>Academia</t>
   </si>
   <si>
     <t>IndConsult</t>
   </si>
   <si>
     <t>Independent Consultant</t>
   </si>
   <si>
     <t>Other (specify)</t>
   </si>
   <si>
-    <t>yw23WSq</t>
+    <t>dlmAPMf</t>
   </si>
   <si>
     <t>Rent</t>
   </si>
   <si>
     <t>Rental markets</t>
   </si>
   <si>
     <t>AdvocacyCVA</t>
   </si>
   <si>
     <t>Advocacy for Cash and Voucher Assistance (CVA) in Shelter Responses</t>
   </si>
   <si>
     <t>HLP</t>
   </si>
   <si>
     <t>Housing Land and Property and Evictions</t>
   </si>
   <si>
     <t>Outcomes</t>
   </si>
   <si>
     <t>Measuring and tracking shelter outcomes from Cash and Voucher Assistance (CVA), including Multi-Purpose Cash Assistance (MPCA)</t>
   </si>
   <si>
     <t>MarketAssessment</t>
   </si>
   <si>
     <t>Market assessments for shelter responses</t>
   </si>
   <si>
     <t>AssessmentTools</t>
   </si>
   <si>
     <t>Common assessment tools</t>
   </si>
   <si>
     <t>Protection</t>
   </si>
   <si>
     <t>Protection risks in Cash and Voucher Assistance (CVA) programming</t>
   </si>
   <si>
     <t>CVAdesign</t>
   </si>
   <si>
     <t>Cash and Voucher Assistance (CVA) design (e.g. restrictions, accompaniment, digital delivery of CVA)</t>
   </si>
   <si>
-    <t>z2JKhFS</t>
+    <t>IxRFT4l</t>
   </si>
   <si>
     <t>Showcasingexperience</t>
   </si>
   <si>
     <t>Showcasing/sharing experiences from different organisations</t>
   </si>
   <si>
     <t>TechSupport</t>
   </si>
   <si>
     <t>Technical support and guidance for country clusters and practitioners</t>
   </si>
   <si>
     <t>Resources</t>
   </si>
   <si>
     <t>Development of resources to facilitate and promote quality market-based programming, including cash, in shelter responses</t>
   </si>
   <si>
     <t>Training</t>
   </si>
   <si>
     <t>Support cash and shelter training initiatives</t>
   </si>
   <si>
     <t>DiscussionForum</t>
   </si>
   <si>
     <t>Forum to discuss challenges and opportunities</t>
   </si>
   <si>
     <t>BestPractice</t>
   </si>
   <si>
     <t>Dissemination of best practices and case studies</t>
   </si>
   <si>
-    <t>xldrAhJ</t>
+    <t>32fS8Gi</t>
   </si>
   <si>
     <t>Annual</t>
   </si>
   <si>
     <t>Annually</t>
   </si>
   <si>
     <t>6months</t>
   </si>
   <si>
     <t>Every 6 months</t>
   </si>
   <si>
     <t>Quart</t>
   </si>
   <si>
     <t>Quarterly</t>
   </si>
   <si>
     <t>Adhoc</t>
   </si>
   <si>
     <t>Ad hoc / as needed</t>
   </si>
   <si>
-    <t>qVfIgrN</t>
+    <t>DCWZ9tr</t>
   </si>
   <si>
     <t>Leadsubwg</t>
   </si>
   <si>
     <t>Lead a thematic sub-group</t>
   </si>
   <si>
     <t>Joinsubwg</t>
   </si>
   <si>
     <t>Join a thematic sub-group</t>
   </si>
   <si>
     <t>Startdiscussion</t>
   </si>
   <si>
     <t>Start discussion threads on the website</t>
   </si>
   <si>
     <t>Replydiscussion</t>
   </si>
   <si>
     <t>Reply to discussion threads on the website</t>
   </si>
   <si>
     <t>Shareresources</t>
   </si>
   <si>
     <t>Share technical resources from my agency/others</t>
   </si>
   <si>
     <t>Participateincalls</t>
   </si>
   <si>
     <t>Participate in CoP calls</t>
   </si>
   <si>
     <t>Presentoncalls</t>
   </si>
   <si>
     <t>Present experience on CoP calls</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>y6sRiCvDawj59tGnBerT7k</t>
+    <t>r9y1uEiF60ph5Zt3RXAWBa</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>