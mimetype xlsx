--- v4 (2026-01-28)
+++ v5 (2026-01-29)
@@ -63,417 +63,417 @@
   <si>
     <t>constraint</t>
   </si>
   <si>
     <t>calculation</t>
   </si>
   <si>
     <t>start</t>
   </si>
   <si>
     <t>end</t>
   </si>
   <si>
     <t>true</t>
   </si>
   <si>
     <t>role_in_org</t>
   </si>
   <si>
     <t>Role</t>
   </si>
   <si>
     <t>1.	Which option best describes your current role?</t>
   </si>
   <si>
-    <t>select_one IwCiW0D</t>
+    <t>select_one UBaE1Gi</t>
   </si>
   <si>
     <t>false</t>
   </si>
   <si>
     <t>other_role</t>
   </si>
   <si>
     <t>Other Role</t>
   </si>
   <si>
     <t>If other role, please specify</t>
   </si>
   <si>
     <t>text</t>
   </si>
   <si>
     <t>organisation_type</t>
   </si>
   <si>
     <t>Organisation Type</t>
   </si>
   <si>
     <t>2.	Which option best describes your current organisation?</t>
   </si>
   <si>
-    <t>select_one Hces3mR</t>
+    <t>select_one SR3ULbr</t>
   </si>
   <si>
     <t>other_organisation_type</t>
   </si>
   <si>
     <t>Other Organisation Type</t>
   </si>
   <si>
     <t>If Other, please specify</t>
   </si>
   <si>
     <t>priority_topics</t>
   </si>
   <si>
     <t>Priority Topics</t>
   </si>
   <si>
     <t>3.	What are the top three most critical issues or topics you'd like to see the CoP discuss, explore or focus on in the next 1 - 2 years?</t>
   </si>
   <si>
-    <t>select_multiple dlmAPMf</t>
+    <t>select_multiple 7mJv6YW</t>
   </si>
   <si>
     <t>other_priority_topics</t>
   </si>
   <si>
     <t>Other Priority Topics</t>
   </si>
   <si>
     <t>priorities_for_cop</t>
   </si>
   <si>
     <t>Priorities for CoP</t>
   </si>
   <si>
     <t>4.	What would you like to see from the CoP in the next 1-2 years (choose your top 3 priorities)?</t>
   </si>
   <si>
-    <t>select_multiple IxRFT4l</t>
+    <t>select_multiple aWB89bs</t>
   </si>
   <si>
     <t>other_cop_priorities</t>
   </si>
   <si>
     <t>Other CoP Priorities</t>
   </si>
   <si>
     <t>frequency</t>
   </si>
   <si>
     <t>Frequency</t>
   </si>
   <si>
     <t>5.	How frequently would you like the CoP to have virtual meetings?</t>
   </si>
   <si>
-    <t>select_one 32fS8Gi</t>
+    <t>select_one zIkJtyq</t>
   </si>
   <si>
     <t>engagement</t>
   </si>
   <si>
     <t>Engagement</t>
   </si>
   <si>
     <t>6.	How would you be willing to engage as a member of the CoP?</t>
   </si>
   <si>
-    <t>select_multiple DCWZ9tr</t>
+    <t>select_multiple LVlJoAt</t>
   </si>
   <si>
     <t>other_engagement</t>
   </si>
   <si>
     <t>Other Engagement</t>
   </si>
   <si>
     <t>contact_info</t>
   </si>
   <si>
     <t>Contact Info</t>
   </si>
   <si>
     <t>7.	Please provide your email address so we can get in touch about the areas you have mentioned for engagement (optional)</t>
   </si>
   <si>
     <t>suggestions</t>
   </si>
   <si>
     <t>Suggestions</t>
   </si>
   <si>
     <t>8.	Do you have any other suggestions or recommendations for the Shelter, Cash and Markets CoP?</t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>IwCiW0D</t>
+    <t>UBaE1Gi</t>
   </si>
   <si>
     <t>CCTeam</t>
   </si>
   <si>
     <t>Country-level cluster coordination team</t>
   </si>
   <si>
     <t>TechProgCountry</t>
   </si>
   <si>
     <t>Country-level technical or program staff</t>
   </si>
   <si>
     <t>RegHQProg</t>
   </si>
   <si>
     <t>Regional or HQ technical or program staff</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
-    <t>Hces3mR</t>
+    <t>SR3ULbr</t>
   </si>
   <si>
     <t>UN</t>
   </si>
   <si>
     <t>United Nations (UN)</t>
   </si>
   <si>
     <t>INGO</t>
   </si>
   <si>
     <t>International Non-Government Organisation (NGO)</t>
   </si>
   <si>
     <t>NNGO</t>
   </si>
   <si>
     <t>National or local Non-Government Organisation (NGO)</t>
   </si>
   <si>
     <t>RCRC</t>
   </si>
   <si>
     <t>Red Cross Red Crescent Movement</t>
   </si>
   <si>
     <t>Donor</t>
   </si>
   <si>
     <t>PrivateSector</t>
   </si>
   <si>
     <t>Private Sector</t>
   </si>
   <si>
     <t>Acad</t>
   </si>
   <si>
     <t>Academia</t>
   </si>
   <si>
     <t>IndConsult</t>
   </si>
   <si>
     <t>Independent Consultant</t>
   </si>
   <si>
     <t>Other (specify)</t>
   </si>
   <si>
-    <t>dlmAPMf</t>
+    <t>7mJv6YW</t>
   </si>
   <si>
     <t>Rent</t>
   </si>
   <si>
     <t>Rental markets</t>
   </si>
   <si>
     <t>AdvocacyCVA</t>
   </si>
   <si>
     <t>Advocacy for Cash and Voucher Assistance (CVA) in Shelter Responses</t>
   </si>
   <si>
     <t>HLP</t>
   </si>
   <si>
     <t>Housing Land and Property and Evictions</t>
   </si>
   <si>
     <t>Outcomes</t>
   </si>
   <si>
     <t>Measuring and tracking shelter outcomes from Cash and Voucher Assistance (CVA), including Multi-Purpose Cash Assistance (MPCA)</t>
   </si>
   <si>
     <t>MarketAssessment</t>
   </si>
   <si>
     <t>Market assessments for shelter responses</t>
   </si>
   <si>
     <t>AssessmentTools</t>
   </si>
   <si>
     <t>Common assessment tools</t>
   </si>
   <si>
     <t>Protection</t>
   </si>
   <si>
     <t>Protection risks in Cash and Voucher Assistance (CVA) programming</t>
   </si>
   <si>
     <t>CVAdesign</t>
   </si>
   <si>
     <t>Cash and Voucher Assistance (CVA) design (e.g. restrictions, accompaniment, digital delivery of CVA)</t>
   </si>
   <si>
-    <t>IxRFT4l</t>
+    <t>aWB89bs</t>
   </si>
   <si>
     <t>Showcasingexperience</t>
   </si>
   <si>
     <t>Showcasing/sharing experiences from different organisations</t>
   </si>
   <si>
     <t>TechSupport</t>
   </si>
   <si>
     <t>Technical support and guidance for country clusters and practitioners</t>
   </si>
   <si>
     <t>Resources</t>
   </si>
   <si>
     <t>Development of resources to facilitate and promote quality market-based programming, including cash, in shelter responses</t>
   </si>
   <si>
     <t>Training</t>
   </si>
   <si>
     <t>Support cash and shelter training initiatives</t>
   </si>
   <si>
     <t>DiscussionForum</t>
   </si>
   <si>
     <t>Forum to discuss challenges and opportunities</t>
   </si>
   <si>
     <t>BestPractice</t>
   </si>
   <si>
     <t>Dissemination of best practices and case studies</t>
   </si>
   <si>
-    <t>32fS8Gi</t>
+    <t>zIkJtyq</t>
   </si>
   <si>
     <t>Annual</t>
   </si>
   <si>
     <t>Annually</t>
   </si>
   <si>
     <t>6months</t>
   </si>
   <si>
     <t>Every 6 months</t>
   </si>
   <si>
     <t>Quart</t>
   </si>
   <si>
     <t>Quarterly</t>
   </si>
   <si>
     <t>Adhoc</t>
   </si>
   <si>
     <t>Ad hoc / as needed</t>
   </si>
   <si>
-    <t>DCWZ9tr</t>
+    <t>LVlJoAt</t>
   </si>
   <si>
     <t>Leadsubwg</t>
   </si>
   <si>
     <t>Lead a thematic sub-group</t>
   </si>
   <si>
     <t>Joinsubwg</t>
   </si>
   <si>
     <t>Join a thematic sub-group</t>
   </si>
   <si>
     <t>Startdiscussion</t>
   </si>
   <si>
     <t>Start discussion threads on the website</t>
   </si>
   <si>
     <t>Replydiscussion</t>
   </si>
   <si>
     <t>Reply to discussion threads on the website</t>
   </si>
   <si>
     <t>Shareresources</t>
   </si>
   <si>
     <t>Share technical resources from my agency/others</t>
   </si>
   <si>
     <t>Participateincalls</t>
   </si>
   <si>
     <t>Participate in CoP calls</t>
   </si>
   <si>
     <t>Presentoncalls</t>
   </si>
   <si>
     <t>Present experience on CoP calls</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>r9y1uEiF60ph5Zt3RXAWBa</t>
+    <t>StApoHsdNZQyxmCGPf0r5j</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>