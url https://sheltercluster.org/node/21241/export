--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -72,237 +72,237 @@
   <si>
     <t>end</t>
   </si>
   <si>
     <t>true</t>
   </si>
   <si>
     <t>in_one_word_the_meeting_was</t>
   </si>
   <si>
     <t>In one word, the meeting was</t>
   </si>
   <si>
     <t>text</t>
   </si>
   <si>
     <t>the_meeting_achieved_its_overall_purpose</t>
   </si>
   <si>
     <t>The meeting achieved its overall purpose</t>
   </si>
   <si>
     <t>Please indicate your level of agreement with the statements and add a comment if you wish:</t>
   </si>
   <si>
-    <t>select_one bpD48zf</t>
+    <t>select_one rNteaX1</t>
   </si>
   <si>
     <t>false</t>
   </si>
   <si>
     <t>please_feel_add_a_comment_if_you_wish_on_your_answer_on_the_meeting_purpose</t>
   </si>
   <si>
     <t xml:space="preserve">Please feel free to add a comment if you wish on your answer on the meeting purpose. </t>
   </si>
   <si>
     <t>multiline</t>
   </si>
   <si>
     <t>the_pre_meeting_communication_was_clear_and_useful</t>
   </si>
   <si>
     <t>The pre-meeting communication was clear and useful</t>
   </si>
   <si>
-    <t>select_one dmVGLiX</t>
+    <t>select_one KfFPoYO</t>
   </si>
   <si>
     <t>please_feel_free_to_add_a_comment_on_the_pre_meeting_communication</t>
   </si>
   <si>
     <t xml:space="preserve">Please feel free to add a comment on the pre-meeting communication. </t>
   </si>
   <si>
     <t>the_meeting_approach_enabled_learning_and_exchange_between_participants</t>
   </si>
   <si>
     <t>The meeting approach enabled learning and exchange between participants.</t>
   </si>
   <si>
-    <t>select_one wJxIgbv</t>
+    <t>select_one 9two05T</t>
   </si>
   <si>
     <t>please_add_a_comment_if_you_wish_on_the_meeting_approach</t>
   </si>
   <si>
     <t xml:space="preserve">Please add a comment if you wish on the meeting approach. </t>
   </si>
   <si>
     <t>the_content_covered_was_relevant_to_my_needs</t>
   </si>
   <si>
     <t>The content covered was relevant to my needs.</t>
   </si>
   <si>
-    <t>select_one Hu3x7Qc</t>
+    <t>select_one FYxyTRO</t>
   </si>
   <si>
     <t>please_add_a_comment_if_you_wish_on_the_meeting_relevance</t>
   </si>
   <si>
     <t>Please add a comment if you wish on the meeting relevance.</t>
   </si>
   <si>
     <t>what_was_the_most_valuable_aspect_of_the_meeting_for_you</t>
   </si>
   <si>
     <t>What was the most valuable aspect of the meeting for you?</t>
   </si>
   <si>
     <t>how_did_you_find_the_gsc_meeting_overall</t>
   </si>
   <si>
     <t>How did you find the GSC meeting overall?</t>
   </si>
   <si>
-    <t>select_one iwY47DQ</t>
+    <t>select_one TUx7mQg</t>
   </si>
   <si>
     <t>the_coordination_services_provided_by_the_global_shelter_cluster_what_is_your_level_of_satisfaction</t>
   </si>
   <si>
     <t>The coordination services provided by the Global Shelter Cluster: what is your level of satisfaction?</t>
   </si>
   <si>
-    <t>select_one jlhqVW6</t>
+    <t>select_one Z8sEWSd</t>
   </si>
   <si>
     <t>please_provide_any_other_feedback_and_or_proposed_improvements_for_next_year</t>
   </si>
   <si>
     <t>Please provide any other feedback and/or proposed improvements for next year.</t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>bpD48zf</t>
+    <t>rNteaX1</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Strongly Agree</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>Agree</t>
   </si>
   <si>
     <t>DA</t>
   </si>
   <si>
     <t>Disagree</t>
   </si>
   <si>
     <t>SDA</t>
   </si>
   <si>
     <t>Strongly Disagree</t>
   </si>
   <si>
-    <t>dmVGLiX</t>
-[...8 lines deleted...]
-    <t>iwY47DQ</t>
+    <t>KfFPoYO</t>
+  </si>
+  <si>
+    <t>9two05T</t>
+  </si>
+  <si>
+    <t>FYxyTRO</t>
+  </si>
+  <si>
+    <t>TUx7mQg</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Very useful</t>
   </si>
   <si>
     <t>U</t>
   </si>
   <si>
     <t>Useful</t>
   </si>
   <si>
     <t>NVU</t>
   </si>
   <si>
     <t>Not very useful</t>
   </si>
   <si>
     <t>NAU</t>
   </si>
   <si>
     <t>Not useful at all</t>
   </si>
   <si>
-    <t>jlhqVW6</t>
+    <t>Z8sEWSd</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>Very satisfied</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>Satisfied</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>Dissatsified</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>Very dissatisfied</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>86FmYM3IOjKCgGJwHLxVN1</t>
+    <t>wh0GzeCx1lSZ9nTd7WXg4f</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>