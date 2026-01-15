--- v1 (2025-12-05)
+++ v2 (2026-01-15)
@@ -72,237 +72,237 @@
   <si>
     <t>end</t>
   </si>
   <si>
     <t>true</t>
   </si>
   <si>
     <t>in_one_word_the_meeting_was</t>
   </si>
   <si>
     <t>In one word, the meeting was</t>
   </si>
   <si>
     <t>text</t>
   </si>
   <si>
     <t>the_meeting_achieved_its_overall_purpose</t>
   </si>
   <si>
     <t>The meeting achieved its overall purpose</t>
   </si>
   <si>
     <t>Please indicate your level of agreement with the statements and add a comment if you wish:</t>
   </si>
   <si>
-    <t>select_one rNteaX1</t>
+    <t>select_one wVx2iYl</t>
   </si>
   <si>
     <t>false</t>
   </si>
   <si>
     <t>please_feel_add_a_comment_if_you_wish_on_your_answer_on_the_meeting_purpose</t>
   </si>
   <si>
     <t xml:space="preserve">Please feel free to add a comment if you wish on your answer on the meeting purpose. </t>
   </si>
   <si>
     <t>multiline</t>
   </si>
   <si>
     <t>the_pre_meeting_communication_was_clear_and_useful</t>
   </si>
   <si>
     <t>The pre-meeting communication was clear and useful</t>
   </si>
   <si>
-    <t>select_one KfFPoYO</t>
+    <t>select_one y8Ve49l</t>
   </si>
   <si>
     <t>please_feel_free_to_add_a_comment_on_the_pre_meeting_communication</t>
   </si>
   <si>
     <t xml:space="preserve">Please feel free to add a comment on the pre-meeting communication. </t>
   </si>
   <si>
     <t>the_meeting_approach_enabled_learning_and_exchange_between_participants</t>
   </si>
   <si>
     <t>The meeting approach enabled learning and exchange between participants.</t>
   </si>
   <si>
-    <t>select_one 9two05T</t>
+    <t>select_one x6aNRGw</t>
   </si>
   <si>
     <t>please_add_a_comment_if_you_wish_on_the_meeting_approach</t>
   </si>
   <si>
     <t xml:space="preserve">Please add a comment if you wish on the meeting approach. </t>
   </si>
   <si>
     <t>the_content_covered_was_relevant_to_my_needs</t>
   </si>
   <si>
     <t>The content covered was relevant to my needs.</t>
   </si>
   <si>
-    <t>select_one FYxyTRO</t>
+    <t>select_one cAwIaqW</t>
   </si>
   <si>
     <t>please_add_a_comment_if_you_wish_on_the_meeting_relevance</t>
   </si>
   <si>
     <t>Please add a comment if you wish on the meeting relevance.</t>
   </si>
   <si>
     <t>what_was_the_most_valuable_aspect_of_the_meeting_for_you</t>
   </si>
   <si>
     <t>What was the most valuable aspect of the meeting for you?</t>
   </si>
   <si>
     <t>how_did_you_find_the_gsc_meeting_overall</t>
   </si>
   <si>
     <t>How did you find the GSC meeting overall?</t>
   </si>
   <si>
-    <t>select_one TUx7mQg</t>
+    <t>select_one rj4mLtA</t>
   </si>
   <si>
     <t>the_coordination_services_provided_by_the_global_shelter_cluster_what_is_your_level_of_satisfaction</t>
   </si>
   <si>
     <t>The coordination services provided by the Global Shelter Cluster: what is your level of satisfaction?</t>
   </si>
   <si>
-    <t>select_one Z8sEWSd</t>
+    <t>select_one 4l6U2nO</t>
   </si>
   <si>
     <t>please_provide_any_other_feedback_and_or_proposed_improvements_for_next_year</t>
   </si>
   <si>
     <t>Please provide any other feedback and/or proposed improvements for next year.</t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>rNteaX1</t>
+    <t>wVx2iYl</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Strongly Agree</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>Agree</t>
   </si>
   <si>
     <t>DA</t>
   </si>
   <si>
     <t>Disagree</t>
   </si>
   <si>
     <t>SDA</t>
   </si>
   <si>
     <t>Strongly Disagree</t>
   </si>
   <si>
-    <t>KfFPoYO</t>
-[...8 lines deleted...]
-    <t>TUx7mQg</t>
+    <t>y8Ve49l</t>
+  </si>
+  <si>
+    <t>x6aNRGw</t>
+  </si>
+  <si>
+    <t>cAwIaqW</t>
+  </si>
+  <si>
+    <t>rj4mLtA</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Very useful</t>
   </si>
   <si>
     <t>U</t>
   </si>
   <si>
     <t>Useful</t>
   </si>
   <si>
     <t>NVU</t>
   </si>
   <si>
     <t>Not very useful</t>
   </si>
   <si>
     <t>NAU</t>
   </si>
   <si>
     <t>Not useful at all</t>
   </si>
   <si>
-    <t>Z8sEWSd</t>
+    <t>4l6U2nO</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>Very satisfied</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>Satisfied</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>Dissatsified</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>Very dissatisfied</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>wh0GzeCx1lSZ9nTd7WXg4f</t>
+    <t>5INc1sHeFARwBxKCnOb2Vo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>