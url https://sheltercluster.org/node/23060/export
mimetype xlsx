--- v0 (2025-10-21)
+++ v1 (2025-12-22)
@@ -108,129 +108,129 @@
   <si>
     <t>local_mobile_number___nr_telef_local</t>
   </si>
   <si>
     <t>Local Mobile Number / Número de Telefone Celular</t>
   </si>
   <si>
     <t>whatsapp_number___numero_whatsapp</t>
   </si>
   <si>
     <t>WhatsApp Number / Número WhatsApp</t>
   </si>
   <si>
     <t>organization_name___nome_da_organizacao</t>
   </si>
   <si>
     <t>Organization Name / Nome da Organização</t>
   </si>
   <si>
     <t>organization_type___tipo_de_organizacao</t>
   </si>
   <si>
     <t xml:space="preserve">Organization Type / Tipo de Organização </t>
   </si>
   <si>
-    <t>select_one ewdu7GO</t>
+    <t>select_one 6rLI79j</t>
   </si>
   <si>
     <t>office_location___localizacao_do_escritorio</t>
   </si>
   <si>
     <t>Office Location / Localização do Escritório</t>
   </si>
   <si>
-    <t>select_multiple a8p0Ue9</t>
+    <t>select_multiple UYp8J6x</t>
   </si>
   <si>
     <t>do_you_have_shelter_nfi_interventions</t>
   </si>
   <si>
     <t xml:space="preserve">Is your organization engaged in Shelter or NFI interventions in any of the affected provinces? / A sua Organização está envolvida em intervenções de Abrigo ou distribuição de bens essenciais não-alimentares? </t>
   </si>
   <si>
-    <t>select_one HkI4rg8</t>
+    <t>select_one s2qtEMZ</t>
   </si>
   <si>
     <t>if_yes_please_specify_the_province</t>
   </si>
   <si>
     <t>If so,  please specify the province(s) / Se for o caso, por favor especifique em que província(s)</t>
   </si>
   <si>
-    <t>select_multiple e7LVu52</t>
+    <t>select_multiple pbom29Y</t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>ewdu7GO</t>
+    <t>6rLI79j</t>
   </si>
   <si>
     <t>NATNGO</t>
   </si>
   <si>
     <t>National NGO / ONG Nacional</t>
   </si>
   <si>
     <t>INTNGO</t>
   </si>
   <si>
     <t>International NGO / ONG Internacional</t>
   </si>
   <si>
     <t>UN</t>
   </si>
   <si>
     <t>UN / Nações Unidas</t>
   </si>
   <si>
     <t>GOV</t>
   </si>
   <si>
     <t>Government / Governo</t>
   </si>
   <si>
     <t>DOn</t>
   </si>
   <si>
     <t>Donor / Doador</t>
   </si>
   <si>
     <t>RC</t>
   </si>
   <si>
     <t>Red Cross and Red Crescent  / cruz vermelha crescente vermelho</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Other / Outro</t>
   </si>
   <si>
-    <t>a8p0Ue9</t>
+    <t>UYp8J6x</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Cabo Delgado</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>Gaza</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Inhambane</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Niassa</t>
   </si>
@@ -261,78 +261,78 @@
   <si>
     <t>S</t>
   </si>
   <si>
     <t>Sofala</t>
   </si>
   <si>
     <t>Tt</t>
   </si>
   <si>
     <t>Tete</t>
   </si>
   <si>
     <t>Zi</t>
   </si>
   <si>
     <t>Zambezia</t>
   </si>
   <si>
     <t>Out</t>
   </si>
   <si>
     <t>Outside of Mozambique / Fora de Moçambique</t>
   </si>
   <si>
-    <t>HkI4rg8</t>
+    <t>s2qtEMZ</t>
   </si>
   <si>
     <t>Yes / Sim</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>No / Não</t>
   </si>
   <si>
     <t>Pl</t>
   </si>
   <si>
     <t>Planning to / Em Planeamento</t>
   </si>
   <si>
-    <t>e7LVu52</t>
+    <t>pbom29Y</t>
   </si>
   <si>
     <t>Zanbezia</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>oPhwqUnkKOj2xieJL5zyGW</t>
+    <t>cTrNPBUdKOwIJf3lLSk6Qb</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>