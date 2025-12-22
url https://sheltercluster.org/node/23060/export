--- v1 (2025-12-22)
+++ v2 (2025-12-22)
@@ -108,129 +108,129 @@
   <si>
     <t>local_mobile_number___nr_telef_local</t>
   </si>
   <si>
     <t>Local Mobile Number / Número de Telefone Celular</t>
   </si>
   <si>
     <t>whatsapp_number___numero_whatsapp</t>
   </si>
   <si>
     <t>WhatsApp Number / Número WhatsApp</t>
   </si>
   <si>
     <t>organization_name___nome_da_organizacao</t>
   </si>
   <si>
     <t>Organization Name / Nome da Organização</t>
   </si>
   <si>
     <t>organization_type___tipo_de_organizacao</t>
   </si>
   <si>
     <t xml:space="preserve">Organization Type / Tipo de Organização </t>
   </si>
   <si>
-    <t>select_one 6rLI79j</t>
+    <t>select_one MNmwf5r</t>
   </si>
   <si>
     <t>office_location___localizacao_do_escritorio</t>
   </si>
   <si>
     <t>Office Location / Localização do Escritório</t>
   </si>
   <si>
-    <t>select_multiple UYp8J6x</t>
+    <t>select_multiple eOWTYFh</t>
   </si>
   <si>
     <t>do_you_have_shelter_nfi_interventions</t>
   </si>
   <si>
     <t xml:space="preserve">Is your organization engaged in Shelter or NFI interventions in any of the affected provinces? / A sua Organização está envolvida em intervenções de Abrigo ou distribuição de bens essenciais não-alimentares? </t>
   </si>
   <si>
-    <t>select_one s2qtEMZ</t>
+    <t>select_one oGm7a5l</t>
   </si>
   <si>
     <t>if_yes_please_specify_the_province</t>
   </si>
   <si>
     <t>If so,  please specify the province(s) / Se for o caso, por favor especifique em que província(s)</t>
   </si>
   <si>
-    <t>select_multiple pbom29Y</t>
+    <t>select_multiple TvmOf5c</t>
   </si>
   <si>
     <t>list_name</t>
   </si>
   <si>
-    <t>6rLI79j</t>
+    <t>MNmwf5r</t>
   </si>
   <si>
     <t>NATNGO</t>
   </si>
   <si>
     <t>National NGO / ONG Nacional</t>
   </si>
   <si>
     <t>INTNGO</t>
   </si>
   <si>
     <t>International NGO / ONG Internacional</t>
   </si>
   <si>
     <t>UN</t>
   </si>
   <si>
     <t>UN / Nações Unidas</t>
   </si>
   <si>
     <t>GOV</t>
   </si>
   <si>
     <t>Government / Governo</t>
   </si>
   <si>
     <t>DOn</t>
   </si>
   <si>
     <t>Donor / Doador</t>
   </si>
   <si>
     <t>RC</t>
   </si>
   <si>
     <t>Red Cross and Red Crescent  / cruz vermelha crescente vermelho</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Other / Outro</t>
   </si>
   <si>
-    <t>UYp8J6x</t>
+    <t>eOWTYFh</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Cabo Delgado</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>Gaza</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Inhambane</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Niassa</t>
   </si>
@@ -261,78 +261,78 @@
   <si>
     <t>S</t>
   </si>
   <si>
     <t>Sofala</t>
   </si>
   <si>
     <t>Tt</t>
   </si>
   <si>
     <t>Tete</t>
   </si>
   <si>
     <t>Zi</t>
   </si>
   <si>
     <t>Zambezia</t>
   </si>
   <si>
     <t>Out</t>
   </si>
   <si>
     <t>Outside of Mozambique / Fora de Moçambique</t>
   </si>
   <si>
-    <t>s2qtEMZ</t>
+    <t>oGm7a5l</t>
   </si>
   <si>
     <t>Yes / Sim</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>No / Não</t>
   </si>
   <si>
     <t>Pl</t>
   </si>
   <si>
     <t>Planning to / Em Planeamento</t>
   </si>
   <si>
-    <t>pbom29Y</t>
+    <t>TvmOf5c</t>
   </si>
   <si>
     <t>Zanbezia</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
-    <t>cTrNPBUdKOwIJf3lLSk6Qb</t>
+    <t>0SrwthkFZEjmpzJYqy5MNe</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>